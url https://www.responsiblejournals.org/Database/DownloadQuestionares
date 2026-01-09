--- v0 (2025-11-24)
+++ v1 (2026-01-09)
@@ -4,51 +4,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="PREP database" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1399" uniqueCount="1399">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1402" uniqueCount="1402">
   <si>
     <t>Journal name</t>
   </si>
   <si>
     <t>ISSN</t>
   </si>
   <si>
     <t>Publisher name</t>
   </si>
   <si>
     <t>At what stage of the publication process does review take place</t>
   </si>
   <si>
     <t>What quality criteria does your journal use for peer review</t>
   </si>
   <si>
     <t>What type of reviewers are included in your journal's peer review process</t>
   </si>
   <si>
     <t>To what extent are authors anonimised in your journal's review process</t>
   </si>
   <si>
     <t>To what extent are reviewers anonimised in your journal's review process</t>
   </si>
   <si>
@@ -2772,50 +2772,59 @@
   <si>
     <t>1448-4528</t>
   </si>
   <si>
     <t>Magnetic Resonance Materials in Physics Biology and Medicine</t>
   </si>
   <si>
     <t>0968-5243</t>
   </si>
   <si>
     <t>Marine Biology</t>
   </si>
   <si>
     <t>0025-3162</t>
   </si>
   <si>
     <t>Marine Ecology Progress Series</t>
   </si>
   <si>
     <t>0171-8630</t>
   </si>
   <si>
     <t>Inter-Research Science Center</t>
   </si>
   <si>
+    <t xml:space="preserve">MENTOR  Revista de Investigación Educativa y Deportiva</t>
+  </si>
+  <si>
+    <t>2806-5867</t>
+  </si>
+  <si>
+    <t>COLPRAFYD</t>
+  </si>
+  <si>
     <t>Meteorologische Zeitschrift</t>
   </si>
   <si>
     <t>0941-2948</t>
   </si>
   <si>
     <t>Bomtraeger Science Publishers</t>
   </si>
   <si>
     <t>Methods in Ecology and Evolution</t>
   </si>
   <si>
     <t>2041-210X</t>
   </si>
   <si>
     <t>Methods of Information in Medicine</t>
   </si>
   <si>
     <t>0026-1270</t>
   </si>
   <si>
     <t>Thieme</t>
   </si>
   <si>
     <t>MicrobiologyOpen</t>
@@ -4200,51 +4209,51 @@
   <si>
     <t>2953-6685</t>
   </si>
   <si>
     <t>Jefferson Cabrera Amaiquema</t>
   </si>
   <si>
     <t>Zeitschrift fur Klinische Psychologie und Psychotherapie</t>
   </si>
   <si>
     <t>1616-3443</t>
   </si>
   <si>
     <t>Verlag Ferdinand Schoeningh GmbH</t>
   </si>
   <si>
     <t>Zootaxa</t>
   </si>
   <si>
     <t>1175-5326</t>
   </si>
   <si>
     <t>Magnolia Press</t>
   </si>
   <si>
-    <t>This file was generated on 11/24/2025 (05:55)</t>
+    <t>This file was generated on 01/09/2026 (20:48)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="20"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -4268,51 +4277,51 @@
   </cellStyleXfs>
   <cellXfs count="4">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" xfId="0" applyProtection="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O540"/>
+  <dimension ref="A1:O541"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" state="frozen" activePane="bottomLeft"/>
       <selection pane="bottomLeft" activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="1" style="1"/>
     <col min="2" max="2" width="12" customWidth="1" style="1"/>
     <col min="3" max="3" width="60" customWidth="1" style="1"/>
     <col min="4" max="4" width="60" customWidth="1" style="1"/>
     <col min="5" max="5" width="60" customWidth="1" style="1"/>
     <col min="6" max="6" width="60" customWidth="1" style="1"/>
     <col min="7" max="7" width="60" customWidth="1" style="1"/>
     <col min="8" max="8" width="60" customWidth="1" style="1"/>
     <col min="9" max="9" width="60" customWidth="1" style="1"/>
     <col min="10" max="10" width="60" customWidth="1" style="1"/>
     <col min="11" max="11" width="60" customWidth="1" style="1"/>
     <col min="12" max="12" width="60" customWidth="1" style="1"/>
     <col min="13" max="13" width="60" customWidth="1" style="1"/>
     <col min="14" max="14" width="60" customWidth="1" style="1"/>
     <col min="15" max="15" width="60" customWidth="1" style="1"/>
   </cols>
   <sheetData>
@@ -20570,8997 +20579,9044 @@
       </c>
       <c r="M346" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N346" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O346" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="1" t="s">
         <v>922</v>
       </c>
       <c r="B347" s="1" t="s">
         <v>923</v>
       </c>
       <c r="C347" s="1" t="s">
         <v>924</v>
       </c>
       <c r="D347" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E347" s="1" t="s">
-        <v>54</v>
+        <v>333</v>
       </c>
       <c r="F347" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H347" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I347" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J347" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K347" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L347" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M347" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N347" s="1" t="s">
-        <v>419</v>
+        <v>88</v>
       </c>
       <c r="O347" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="1" t="s">
         <v>925</v>
       </c>
       <c r="B348" s="1" t="s">
         <v>926</v>
       </c>
       <c r="C348" s="1" t="s">
-        <v>230</v>
+        <v>927</v>
       </c>
       <c r="D348" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E348" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F348" s="1" t="s">
         <v>111</v>
       </c>
       <c r="G348" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H348" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I348" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J348" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K348" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L348" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M348" s="1" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="N348" s="1" t="s">
-        <v>28</v>
+        <v>419</v>
       </c>
       <c r="O348" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="1" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="B349" s="1" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="C349" s="1" t="s">
-        <v>929</v>
+        <v>230</v>
       </c>
       <c r="D349" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E349" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F349" s="1" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H349" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I349" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J349" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K349" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L349" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M349" s="1" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="N349" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O349" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="1" t="s">
         <v>930</v>
       </c>
       <c r="B350" s="1" t="s">
         <v>931</v>
       </c>
       <c r="C350" s="1" t="s">
-        <v>230</v>
+        <v>932</v>
       </c>
       <c r="D350" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E350" s="1" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="F350" s="1" t="s">
-        <v>292</v>
+        <v>20</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H350" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I350" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J350" s="1" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="K350" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L350" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M350" s="1" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="N350" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O350" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="1" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="B351" s="1" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="C351" s="1" t="s">
-        <v>934</v>
+        <v>230</v>
       </c>
       <c r="D351" s="1" t="s">
-        <v>935</v>
+        <v>18</v>
       </c>
       <c r="E351" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F351" s="1" t="s">
-        <v>111</v>
+        <v>292</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H351" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I351" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J351" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="K351" s="1" t="s">
-        <v>171</v>
+        <v>25</v>
       </c>
       <c r="L351" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M351" s="1" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="N351" s="1" t="s">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="O351" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="1" t="s">
+        <v>935</v>
+      </c>
+      <c r="B352" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="B352" s="1" t="s">
+      <c r="C352" s="1" t="s">
         <v>937</v>
       </c>
-      <c r="C352" s="1" t="s">
+      <c r="D352" s="1" t="s">
         <v>938</v>
       </c>
-      <c r="D352" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E352" s="1" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="F352" s="1" t="s">
         <v>111</v>
       </c>
       <c r="G352" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H352" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I352" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J352" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K352" s="1" t="s">
-        <v>34</v>
+        <v>171</v>
       </c>
       <c r="L352" s="1" t="s">
         <v>26</v>
       </c>
       <c r="M352" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N352" s="1" t="s">
-        <v>419</v>
+        <v>63</v>
       </c>
       <c r="O352" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="1" t="s">
         <v>939</v>
       </c>
       <c r="B353" s="1" t="s">
         <v>940</v>
       </c>
       <c r="C353" s="1" t="s">
         <v>941</v>
       </c>
       <c r="D353" s="1" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="E353" s="1" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="F353" s="1" t="s">
         <v>111</v>
       </c>
       <c r="G353" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H353" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I353" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J353" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K353" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L353" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M353" s="1" t="s">
-        <v>942</v>
+        <v>27</v>
       </c>
       <c r="N353" s="1" t="s">
-        <v>28</v>
+        <v>419</v>
       </c>
       <c r="O353" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="1" t="s">
+        <v>942</v>
+      </c>
+      <c r="B354" s="1" t="s">
         <v>943</v>
       </c>
-      <c r="B354" s="1" t="s">
+      <c r="C354" s="1" t="s">
         <v>944</v>
       </c>
-      <c r="C354" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D354" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E354" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F354" s="1" t="s">
-        <v>40</v>
+        <v>111</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H354" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I354" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J354" s="1" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="K354" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L354" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M354" s="1" t="s">
-        <v>27</v>
+        <v>945</v>
       </c>
       <c r="N354" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O354" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="1" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="B355" s="1" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C355" s="1" t="s">
         <v>79</v>
       </c>
       <c r="D355" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E355" s="1" t="s">
-        <v>329</v>
+        <v>54</v>
       </c>
       <c r="F355" s="1" t="s">
-        <v>156</v>
+        <v>40</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H355" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I355" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J355" s="1" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="K355" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L355" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M355" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N355" s="1" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="O355" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="1" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="B356" s="1" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="C356" s="1" t="s">
-        <v>949</v>
+        <v>79</v>
       </c>
       <c r="D356" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E356" s="1" t="s">
-        <v>47</v>
+        <v>329</v>
       </c>
       <c r="F356" s="1" t="s">
-        <v>20</v>
+        <v>156</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>214</v>
+        <v>41</v>
       </c>
       <c r="H356" s="1" t="s">
-        <v>127</v>
+        <v>22</v>
       </c>
       <c r="I356" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J356" s="1" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="K356" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L356" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="M356" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N356" s="1" t="s">
-        <v>28</v>
+        <v>98</v>
       </c>
       <c r="O356" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="1" t="s">
         <v>950</v>
       </c>
       <c r="B357" s="1" t="s">
         <v>951</v>
       </c>
       <c r="C357" s="1" t="s">
-        <v>39</v>
+        <v>952</v>
       </c>
       <c r="D357" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E357" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F357" s="1" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>41</v>
+        <v>214</v>
       </c>
       <c r="H357" s="1" t="s">
-        <v>22</v>
+        <v>127</v>
       </c>
       <c r="I357" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J357" s="1" t="s">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="K357" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L357" s="1" t="s">
-        <v>35</v>
+        <v>62</v>
       </c>
       <c r="M357" s="1" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="N357" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O357" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="1" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="B358" s="1" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="C358" s="1" t="s">
-        <v>954</v>
+        <v>39</v>
       </c>
       <c r="D358" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E358" s="1" t="s">
-        <v>329</v>
+        <v>54</v>
       </c>
       <c r="F358" s="1" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="G358" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H358" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I358" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J358" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="K358" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L358" s="1" t="s">
-        <v>62</v>
+        <v>35</v>
       </c>
       <c r="M358" s="1" t="s">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="N358" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O358" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="1" t="s">
         <v>955</v>
       </c>
       <c r="B359" s="1" t="s">
-        <v>98</v>
+        <v>956</v>
       </c>
       <c r="C359" s="1" t="s">
-        <v>98</v>
+        <v>957</v>
       </c>
       <c r="D359" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E359" s="1" t="s">
-        <v>33</v>
+        <v>329</v>
       </c>
       <c r="F359" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="G359" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H359" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I359" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J359" s="1" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="K359" s="1" t="s">
-        <v>171</v>
+        <v>25</v>
       </c>
       <c r="L359" s="1" t="s">
-        <v>123</v>
+        <v>62</v>
       </c>
       <c r="M359" s="1" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N359" s="1" t="s">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="O359" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="1" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="B360" s="1" t="s">
-        <v>957</v>
+        <v>98</v>
       </c>
       <c r="C360" s="1" t="s">
-        <v>958</v>
+        <v>98</v>
       </c>
       <c r="D360" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E360" s="1" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="F360" s="1" t="s">
-        <v>40</v>
+        <v>111</v>
       </c>
       <c r="G360" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H360" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I360" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J360" s="1" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="K360" s="1" t="s">
-        <v>42</v>
+        <v>171</v>
       </c>
       <c r="L360" s="1" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="M360" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N360" s="1" t="s">
         <v>63</v>
       </c>
       <c r="O360" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="1" t="s">
         <v>959</v>
       </c>
       <c r="B361" s="1" t="s">
         <v>960</v>
       </c>
       <c r="C361" s="1" t="s">
         <v>961</v>
       </c>
       <c r="D361" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E361" s="1" t="s">
-        <v>962</v>
+        <v>47</v>
       </c>
       <c r="F361" s="1" t="s">
-        <v>111</v>
+        <v>40</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>214</v>
+        <v>41</v>
       </c>
       <c r="H361" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I361" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J361" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K361" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L361" s="1" t="s">
-        <v>94</v>
+        <v>49</v>
       </c>
       <c r="M361" s="1" t="s">
-        <v>942</v>
+        <v>27</v>
       </c>
       <c r="N361" s="1" t="s">
-        <v>342</v>
+        <v>63</v>
       </c>
       <c r="O361" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="1" t="s">
+        <v>962</v>
+      </c>
+      <c r="B362" s="1" t="s">
         <v>963</v>
       </c>
-      <c r="B362" s="1" t="s">
+      <c r="C362" s="1" t="s">
         <v>964</v>
       </c>
-      <c r="C362" s="1" t="s">
+      <c r="D362" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E362" s="1" t="s">
         <v>965</v>
       </c>
-      <c r="D362" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F362" s="1" t="s">
-        <v>146</v>
+        <v>111</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>21</v>
+        <v>214</v>
       </c>
       <c r="H362" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I362" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J362" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K362" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L362" s="1" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="M362" s="1" t="s">
-        <v>27</v>
+        <v>945</v>
       </c>
       <c r="N362" s="1" t="s">
-        <v>28</v>
+        <v>342</v>
       </c>
       <c r="O362" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="1" t="s">
         <v>966</v>
       </c>
       <c r="B363" s="1" t="s">
         <v>967</v>
       </c>
       <c r="C363" s="1" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="D363" s="1" t="s">
-        <v>169</v>
+        <v>18</v>
       </c>
       <c r="E363" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F363" s="1" t="s">
-        <v>968</v>
+        <v>146</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H363" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I363" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J363" s="1" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="K363" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L363" s="1" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="M363" s="1" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="N363" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O363" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="1" t="s">
         <v>969</v>
       </c>
       <c r="B364" s="1" t="s">
         <v>970</v>
       </c>
       <c r="C364" s="1" t="s">
-        <v>79</v>
+        <v>968</v>
       </c>
       <c r="D364" s="1" t="s">
-        <v>18</v>
+        <v>169</v>
       </c>
       <c r="E364" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F364" s="1" t="s">
-        <v>20</v>
+        <v>971</v>
       </c>
       <c r="G364" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H364" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I364" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J364" s="1" t="s">
-        <v>57</v>
+        <v>48</v>
       </c>
       <c r="K364" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L364" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="M364" s="1" t="s">
         <v>84</v>
       </c>
       <c r="N364" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O364" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="1" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="B365" s="1" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C365" s="1" t="s">
-        <v>973</v>
+        <v>79</v>
       </c>
       <c r="D365" s="1" t="s">
-        <v>169</v>
+        <v>18</v>
       </c>
       <c r="E365" s="1" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="F365" s="1" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="G365" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H365" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I365" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J365" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="K365" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L365" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="M365" s="1" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="N365" s="1" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="O365" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="1" t="s">
         <v>974</v>
       </c>
       <c r="B366" s="1" t="s">
-        <v>98</v>
+        <v>975</v>
       </c>
       <c r="C366" s="1" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="D366" s="1" t="s">
-        <v>18</v>
+        <v>169</v>
       </c>
       <c r="E366" s="1" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="F366" s="1" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H366" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I366" s="1" t="s">
-        <v>103</v>
+        <v>56</v>
       </c>
       <c r="J366" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K366" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L366" s="1" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="M366" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N366" s="1" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="O366" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="1" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="B367" s="1" t="s">
-        <v>977</v>
+        <v>98</v>
       </c>
       <c r="C367" s="1" t="s">
-        <v>74</v>
+        <v>978</v>
       </c>
       <c r="D367" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E367" s="1" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="F367" s="1" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="G367" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H367" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I367" s="1" t="s">
-        <v>23</v>
+        <v>103</v>
       </c>
       <c r="J367" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K367" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L367" s="1" t="s">
         <v>26</v>
       </c>
       <c r="M367" s="1" t="s">
-        <v>358</v>
+        <v>27</v>
       </c>
       <c r="N367" s="1" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="O367" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="1" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="B368" s="1" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="C368" s="1" t="s">
-        <v>230</v>
+        <v>74</v>
       </c>
       <c r="D368" s="1" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="E368" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F368" s="1" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="G368" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H368" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I368" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J368" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K368" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L368" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M368" s="1" t="s">
-        <v>27</v>
+        <v>358</v>
       </c>
       <c r="N368" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="O368" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="1" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="B369" s="1" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C369" s="1" t="s">
-        <v>39</v>
+        <v>230</v>
       </c>
       <c r="D369" s="1" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="E369" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F369" s="1" t="s">
-        <v>70</v>
+        <v>81</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H369" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I369" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J369" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K369" s="1" t="s">
         <v>42</v>
       </c>
       <c r="L369" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M369" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N369" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O369" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="1" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="B370" s="1" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C370" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D370" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E370" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F370" s="1" t="s">
         <v>70</v>
       </c>
       <c r="G370" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H370" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I370" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J370" s="1" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="K370" s="1" t="s">
         <v>42</v>
       </c>
       <c r="L370" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M370" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N370" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O370" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="1" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="B371" s="1" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="C371" s="1" t="s">
-        <v>986</v>
+        <v>39</v>
       </c>
       <c r="D371" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E371" s="1" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="F371" s="1" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H371" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I371" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J371" s="1" t="s">
         <v>93</v>
       </c>
       <c r="K371" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L371" s="1" t="s">
-        <v>35</v>
+        <v>26</v>
       </c>
       <c r="M371" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N371" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O371" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="1" t="s">
         <v>987</v>
       </c>
       <c r="B372" s="1" t="s">
         <v>988</v>
       </c>
       <c r="C372" s="1" t="s">
-        <v>149</v>
+        <v>989</v>
       </c>
       <c r="D372" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E372" s="1" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="F372" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="G372" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H372" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I372" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J372" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="K372" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L372" s="1" t="s">
-        <v>49</v>
+        <v>35</v>
       </c>
       <c r="M372" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N372" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O372" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="1" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="B373" s="1" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C373" s="1" t="s">
-        <v>991</v>
+        <v>149</v>
       </c>
       <c r="D373" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E373" s="1" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="F373" s="1" t="s">
-        <v>70</v>
+        <v>111</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H373" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I373" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J373" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K373" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L373" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M373" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N373" s="1" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="O373" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="1" t="s">
         <v>992</v>
       </c>
       <c r="B374" s="1" t="s">
         <v>993</v>
       </c>
       <c r="C374" s="1" t="s">
-        <v>79</v>
+        <v>994</v>
       </c>
       <c r="D374" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E374" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F374" s="1" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H374" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I374" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J374" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K374" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L374" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M374" s="1" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="N374" s="1" t="s">
         <v>63</v>
       </c>
       <c r="O374" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="1" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="B375" s="1" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="C375" s="1" t="s">
-        <v>996</v>
+        <v>79</v>
       </c>
       <c r="D375" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E375" s="1" t="s">
-        <v>235</v>
+        <v>54</v>
       </c>
       <c r="F375" s="1" t="s">
-        <v>896</v>
+        <v>61</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="H375" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I375" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J375" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="K375" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L375" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M375" s="1" t="s">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="N375" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="O375" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="1" t="s">
         <v>997</v>
       </c>
       <c r="B376" s="1" t="s">
         <v>998</v>
       </c>
       <c r="C376" s="1" t="s">
         <v>999</v>
       </c>
       <c r="D376" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E376" s="1" t="s">
-        <v>47</v>
+        <v>235</v>
       </c>
       <c r="F376" s="1" t="s">
-        <v>156</v>
+        <v>896</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>41</v>
+        <v>132</v>
       </c>
       <c r="H376" s="1" t="s">
-        <v>416</v>
+        <v>22</v>
       </c>
       <c r="I376" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J376" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K376" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L376" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M376" s="1" t="s">
-        <v>128</v>
+        <v>98</v>
       </c>
       <c r="N376" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O376" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="1" t="s">
         <v>1000</v>
       </c>
       <c r="B377" s="1" t="s">
         <v>1001</v>
       </c>
       <c r="C377" s="1" t="s">
         <v>1002</v>
       </c>
       <c r="D377" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E377" s="1" t="s">
-        <v>183</v>
+        <v>47</v>
       </c>
       <c r="F377" s="1" t="s">
-        <v>1003</v>
+        <v>156</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H377" s="1" t="s">
-        <v>66</v>
+        <v>416</v>
       </c>
       <c r="I377" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J377" s="1" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="K377" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L377" s="1" t="s">
-        <v>133</v>
+        <v>49</v>
       </c>
       <c r="M377" s="1" t="s">
-        <v>744</v>
+        <v>128</v>
       </c>
       <c r="N377" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="O377" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="1" t="s">
+        <v>1003</v>
+      </c>
+      <c r="B378" s="1" t="s">
         <v>1004</v>
       </c>
-      <c r="B378" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C378" s="1" t="s">
-        <v>39</v>
+        <v>1005</v>
       </c>
       <c r="D378" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E378" s="1" t="s">
-        <v>54</v>
+        <v>183</v>
       </c>
       <c r="F378" s="1" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="G378" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H378" s="1" t="s">
-        <v>98</v>
+        <v>66</v>
       </c>
       <c r="I378" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J378" s="1" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="K378" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L378" s="1" t="s">
-        <v>26</v>
+        <v>133</v>
       </c>
       <c r="M378" s="1" t="s">
         <v>744</v>
       </c>
       <c r="N378" s="1" t="s">
-        <v>419</v>
+        <v>85</v>
       </c>
       <c r="O378" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="1" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="B379" s="1" t="s">
-        <v>1007</v>
+        <v>98</v>
       </c>
       <c r="C379" s="1" t="s">
-        <v>110</v>
+        <v>39</v>
       </c>
       <c r="D379" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E379" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F379" s="1" t="s">
-        <v>20</v>
+        <v>1008</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>214</v>
+        <v>21</v>
       </c>
       <c r="H379" s="1" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="I379" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J379" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K379" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L379" s="1" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="M379" s="1" t="s">
-        <v>27</v>
+        <v>744</v>
       </c>
       <c r="N379" s="1" t="s">
-        <v>28</v>
+        <v>419</v>
       </c>
       <c r="O379" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="1" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
       <c r="B380" s="1" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C380" s="1" t="s">
-        <v>1010</v>
+        <v>110</v>
       </c>
       <c r="D380" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E380" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F380" s="1" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>21</v>
+        <v>214</v>
       </c>
       <c r="H380" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I380" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J380" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K380" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L380" s="1" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="M380" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N380" s="1" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="O380" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="1" t="s">
         <v>1011</v>
       </c>
       <c r="B381" s="1" t="s">
         <v>1012</v>
       </c>
       <c r="C381" s="1" t="s">
         <v>1013</v>
       </c>
       <c r="D381" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E381" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F381" s="1" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="G381" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H381" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I381" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J381" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="K381" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L381" s="1" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="M381" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N381" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="O381" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="1" t="s">
         <v>1014</v>
       </c>
       <c r="B382" s="1" t="s">
         <v>1015</v>
       </c>
       <c r="C382" s="1" t="s">
         <v>1016</v>
       </c>
       <c r="D382" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E382" s="1" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="F382" s="1" t="s">
-        <v>193</v>
+        <v>156</v>
       </c>
       <c r="G382" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H382" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I382" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J382" s="1" t="s">
-        <v>1017</v>
+        <v>24</v>
       </c>
       <c r="K382" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L382" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M382" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N382" s="1" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="O382" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="1" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B383" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="B383" s="1" t="s">
+      <c r="C383" s="1" t="s">
         <v>1019</v>
       </c>
-      <c r="C383" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D383" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E383" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F383" s="1" t="s">
         <v>193</v>
       </c>
       <c r="G383" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H383" s="1" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="I383" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J383" s="1" t="s">
-        <v>24</v>
+        <v>1020</v>
       </c>
       <c r="K383" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L383" s="1" t="s">
         <v>26</v>
       </c>
       <c r="M383" s="1" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="N383" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="O383" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="1" t="s">
         <v>1021</v>
       </c>
       <c r="B384" s="1" t="s">
         <v>1022</v>
       </c>
       <c r="C384" s="1" t="s">
         <v>1023</v>
       </c>
       <c r="D384" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E384" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F384" s="1" t="s">
-        <v>55</v>
+        <v>193</v>
       </c>
       <c r="G384" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H384" s="1" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="I384" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J384" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K384" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L384" s="1" t="s">
         <v>26</v>
       </c>
       <c r="M384" s="1" t="s">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="N384" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O384" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="1" t="s">
         <v>1024</v>
       </c>
       <c r="B385" s="1" t="s">
         <v>1025</v>
       </c>
       <c r="C385" s="1" t="s">
-        <v>230</v>
+        <v>1026</v>
       </c>
       <c r="D385" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E385" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F385" s="1" t="s">
-        <v>156</v>
+        <v>55</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H385" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I385" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J385" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K385" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L385" s="1" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="M385" s="1" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N385" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O385" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="1" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="B386" s="1" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C386" s="1" t="s">
-        <v>1028</v>
+        <v>230</v>
       </c>
       <c r="D386" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E386" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F386" s="1" t="s">
-        <v>81</v>
+        <v>156</v>
       </c>
       <c r="G386" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H386" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I386" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J386" s="1" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="K386" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L386" s="1" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="M386" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N386" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O386" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="1" t="s">
         <v>1029</v>
       </c>
       <c r="B387" s="1" t="s">
         <v>1030</v>
       </c>
       <c r="C387" s="1" t="s">
-        <v>494</v>
+        <v>1031</v>
       </c>
       <c r="D387" s="1" t="s">
-        <v>169</v>
+        <v>18</v>
       </c>
       <c r="E387" s="1" t="s">
-        <v>329</v>
+        <v>47</v>
       </c>
       <c r="F387" s="1" t="s">
-        <v>55</v>
+        <v>81</v>
       </c>
       <c r="G387" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H387" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I387" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J387" s="1" t="s">
-        <v>93</v>
+        <v>48</v>
       </c>
       <c r="K387" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L387" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="M387" s="1" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="N387" s="1" t="s">
-        <v>342</v>
+        <v>28</v>
       </c>
       <c r="O387" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="1" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="B388" s="1" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="C388" s="1" t="s">
-        <v>1033</v>
+        <v>494</v>
       </c>
       <c r="D388" s="1" t="s">
-        <v>18</v>
+        <v>169</v>
       </c>
       <c r="E388" s="1" t="s">
-        <v>47</v>
+        <v>329</v>
       </c>
       <c r="F388" s="1" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="G388" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H388" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I388" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J388" s="1" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="K388" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L388" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="M388" s="1" t="s">
         <v>128</v>
       </c>
       <c r="N388" s="1" t="s">
-        <v>28</v>
+        <v>342</v>
       </c>
       <c r="O388" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="1" t="s">
         <v>1034</v>
       </c>
       <c r="B389" s="1" t="s">
         <v>1035</v>
       </c>
       <c r="C389" s="1" t="s">
-        <v>230</v>
+        <v>1036</v>
       </c>
       <c r="D389" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E389" s="1" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="F389" s="1" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="G389" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H389" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I389" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J389" s="1" t="s">
-        <v>463</v>
+        <v>57</v>
       </c>
       <c r="K389" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L389" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M389" s="1" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="N389" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O389" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="1" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="B390" s="1" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C390" s="1" t="s">
         <v>230</v>
       </c>
       <c r="D390" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E390" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F390" s="1" t="s">
-        <v>669</v>
+        <v>20</v>
       </c>
       <c r="G390" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H390" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I390" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J390" s="1" t="s">
-        <v>24</v>
+        <v>463</v>
       </c>
       <c r="K390" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L390" s="1" t="s">
         <v>26</v>
       </c>
       <c r="M390" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N390" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O390" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="1" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="B391" s="1" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="C391" s="1" t="s">
-        <v>1040</v>
+        <v>230</v>
       </c>
       <c r="D391" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E391" s="1" t="s">
-        <v>442</v>
+        <v>54</v>
       </c>
       <c r="F391" s="1" t="s">
-        <v>163</v>
+        <v>669</v>
       </c>
       <c r="G391" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H391" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I391" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J391" s="1" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="K391" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L391" s="1" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
       <c r="M391" s="1" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="N391" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O391" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="1" t="s">
         <v>1041</v>
       </c>
       <c r="B392" s="1" t="s">
         <v>1042</v>
       </c>
       <c r="C392" s="1" t="s">
-        <v>60</v>
+        <v>1043</v>
       </c>
       <c r="D392" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E392" s="1" t="s">
-        <v>54</v>
+        <v>442</v>
       </c>
       <c r="F392" s="1" t="s">
-        <v>156</v>
+        <v>163</v>
       </c>
       <c r="G392" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H392" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I392" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J392" s="1" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="K392" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L392" s="1" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="M392" s="1" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="N392" s="1" t="s">
-        <v>50</v>
+        <v>88</v>
       </c>
       <c r="O392" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="1" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="B393" s="1" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C393" s="1" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="D393" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E393" s="1" t="s">
-        <v>329</v>
+        <v>54</v>
       </c>
       <c r="F393" s="1" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="G393" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H393" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I393" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J393" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K393" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L393" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M393" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N393" s="1" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="O393" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="1" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="B394" s="1" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="C394" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D394" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E394" s="1" t="s">
-        <v>54</v>
+        <v>329</v>
       </c>
       <c r="F394" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G394" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H394" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I394" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J394" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K394" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L394" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M394" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N394" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O394" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="1" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="B395" s="1" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="C395" s="1" t="s">
-        <v>79</v>
+        <v>39</v>
       </c>
       <c r="D395" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E395" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F395" s="1" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="G395" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H395" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I395" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J395" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K395" s="1" t="s">
-        <v>171</v>
+        <v>25</v>
       </c>
       <c r="L395" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M395" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N395" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O395" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="1" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="B396" s="1" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="C396" s="1" t="s">
-        <v>1051</v>
+        <v>79</v>
       </c>
       <c r="D396" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E396" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F396" s="1" t="s">
-        <v>92</v>
+        <v>156</v>
       </c>
       <c r="G396" s="1" t="s">
-        <v>1052</v>
+        <v>41</v>
       </c>
       <c r="H396" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I396" s="1" t="s">
-        <v>529</v>
+        <v>56</v>
       </c>
       <c r="J396" s="1" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="K396" s="1" t="s">
-        <v>42</v>
+        <v>171</v>
       </c>
       <c r="L396" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="M396" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N396" s="1" t="s">
-        <v>367</v>
+        <v>28</v>
       </c>
       <c r="O396" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="1" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B397" s="1" t="s">
         <v>1053</v>
       </c>
-      <c r="B397" s="1" t="s">
+      <c r="C397" s="1" t="s">
         <v>1054</v>
       </c>
-      <c r="C397" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D397" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E397" s="1" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="F397" s="1" t="s">
-        <v>70</v>
+        <v>92</v>
       </c>
       <c r="G397" s="1" t="s">
-        <v>41</v>
+        <v>1055</v>
       </c>
       <c r="H397" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I397" s="1" t="s">
-        <v>56</v>
+        <v>529</v>
       </c>
       <c r="J397" s="1" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="K397" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L397" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="M397" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N397" s="1" t="s">
-        <v>28</v>
+        <v>367</v>
       </c>
       <c r="O397" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="1" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="B398" s="1" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="C398" s="1" t="s">
-        <v>1057</v>
+        <v>60</v>
       </c>
       <c r="D398" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E398" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F398" s="1" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="G398" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H398" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I398" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J398" s="1" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="K398" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L398" s="1" t="s">
-        <v>123</v>
+        <v>49</v>
       </c>
       <c r="M398" s="1" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="N398" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O398" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="1" t="s">
         <v>1058</v>
       </c>
       <c r="B399" s="1" t="s">
         <v>1059</v>
       </c>
       <c r="C399" s="1" t="s">
-        <v>79</v>
+        <v>1060</v>
       </c>
       <c r="D399" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E399" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F399" s="1" t="s">
-        <v>193</v>
+        <v>55</v>
       </c>
       <c r="G399" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H399" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I399" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J399" s="1" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="K399" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L399" s="1" t="s">
         <v>123</v>
       </c>
       <c r="M399" s="1" t="s">
-        <v>84</v>
+        <v>128</v>
       </c>
       <c r="N399" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O399" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="1" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="B400" s="1" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="C400" s="1" t="s">
-        <v>39</v>
+        <v>79</v>
       </c>
       <c r="D400" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E400" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F400" s="1" t="s">
-        <v>40</v>
+        <v>193</v>
       </c>
       <c r="G400" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H400" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I400" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J400" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K400" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L400" s="1" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="M400" s="1" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="N400" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O400" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="1" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="B401" s="1" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="C401" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D401" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E401" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F401" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="G401" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H401" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I401" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J401" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K401" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L401" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M401" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N401" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O401" s="1" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="1" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="B402" s="1" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="C402" s="1" t="s">
-        <v>79</v>
+        <v>39</v>
       </c>
       <c r="D402" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E402" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F402" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G402" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H402" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I402" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J402" s="1" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="K402" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L402" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M402" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N402" s="1" t="s">
-        <v>160</v>
+        <v>28</v>
       </c>
       <c r="O402" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="1" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="B403" s="1" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="C403" s="1" t="s">
-        <v>1068</v>
+        <v>79</v>
       </c>
       <c r="D403" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E403" s="1" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="F403" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G403" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H403" s="1" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="I403" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J403" s="1" t="s">
-        <v>24</v>
+        <v>138</v>
       </c>
       <c r="K403" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L403" s="1" t="s">
         <v>26</v>
       </c>
       <c r="M403" s="1" t="s">
-        <v>942</v>
+        <v>27</v>
       </c>
       <c r="N403" s="1" t="s">
-        <v>28</v>
+        <v>160</v>
       </c>
       <c r="O403" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="1" t="s">
         <v>1069</v>
       </c>
       <c r="B404" s="1" t="s">
         <v>1070</v>
       </c>
       <c r="C404" s="1" t="s">
         <v>1071</v>
       </c>
       <c r="D404" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E404" s="1" t="s">
-        <v>183</v>
+        <v>19</v>
       </c>
       <c r="F404" s="1" t="s">
-        <v>111</v>
+        <v>20</v>
       </c>
       <c r="G404" s="1" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="H404" s="1" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="I404" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J404" s="1" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="K404" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L404" s="1" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="M404" s="1" t="s">
-        <v>27</v>
+        <v>945</v>
       </c>
       <c r="N404" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O404" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="1" t="s">
         <v>1072</v>
       </c>
       <c r="B405" s="1" t="s">
         <v>1073</v>
       </c>
       <c r="C405" s="1" t="s">
         <v>1074</v>
       </c>
       <c r="D405" s="1" t="s">
-        <v>169</v>
+        <v>18</v>
       </c>
       <c r="E405" s="1" t="s">
-        <v>54</v>
+        <v>183</v>
       </c>
       <c r="F405" s="1" t="s">
-        <v>1075</v>
+        <v>111</v>
       </c>
       <c r="G405" s="1" t="s">
         <v>132</v>
       </c>
       <c r="H405" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I405" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J405" s="1" t="s">
-        <v>120</v>
+        <v>93</v>
       </c>
       <c r="K405" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L405" s="1" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="M405" s="1" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="N405" s="1" t="s">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="O405" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="1" t="s">
+        <v>1075</v>
+      </c>
+      <c r="B406" s="1" t="s">
         <v>1076</v>
       </c>
-      <c r="B406" s="1" t="s">
+      <c r="C406" s="1" t="s">
         <v>1077</v>
       </c>
-      <c r="C406" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D406" s="1" t="s">
-        <v>80</v>
+        <v>169</v>
       </c>
       <c r="E406" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F406" s="1" t="s">
-        <v>163</v>
+        <v>1078</v>
       </c>
       <c r="G406" s="1" t="s">
-        <v>41</v>
+        <v>132</v>
       </c>
       <c r="H406" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I406" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J406" s="1" t="s">
-        <v>75</v>
+        <v>120</v>
       </c>
       <c r="K406" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L406" s="1" t="s">
-        <v>123</v>
+        <v>49</v>
       </c>
       <c r="M406" s="1" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N406" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="O406" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="1" t="s">
         <v>1079</v>
       </c>
       <c r="B407" s="1" t="s">
         <v>1080</v>
       </c>
       <c r="C407" s="1" t="s">
         <v>1081</v>
       </c>
       <c r="D407" s="1" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="E407" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F407" s="1" t="s">
-        <v>111</v>
+        <v>163</v>
       </c>
       <c r="G407" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H407" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I407" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J407" s="1" t="s">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="K407" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L407" s="1" t="s">
-        <v>62</v>
+        <v>123</v>
       </c>
       <c r="M407" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N407" s="1" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="O407" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="1" t="s">
         <v>1082</v>
       </c>
       <c r="B408" s="1" t="s">
         <v>1083</v>
       </c>
       <c r="C408" s="1" t="s">
         <v>1084</v>
       </c>
       <c r="D408" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E408" s="1" t="s">
-        <v>655</v>
+        <v>47</v>
       </c>
       <c r="F408" s="1" t="s">
-        <v>55</v>
+        <v>111</v>
       </c>
       <c r="G408" s="1" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="H408" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I408" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J408" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="K408" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L408" s="1" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="M408" s="1" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="N408" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="O408" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="1" t="s">
         <v>1085</v>
       </c>
       <c r="B409" s="1" t="s">
         <v>1086</v>
       </c>
       <c r="C409" s="1" t="s">
-        <v>398</v>
+        <v>1087</v>
       </c>
       <c r="D409" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E409" s="1" t="s">
-        <v>54</v>
+        <v>655</v>
       </c>
       <c r="F409" s="1" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="G409" s="1" t="s">
-        <v>21</v>
+        <v>132</v>
       </c>
       <c r="H409" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I409" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J409" s="1" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="K409" s="1" t="s">
-        <v>171</v>
+        <v>34</v>
       </c>
       <c r="L409" s="1" t="s">
         <v>83</v>
       </c>
       <c r="M409" s="1" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N409" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O409" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="1" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="B410" s="1" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="C410" s="1" t="s">
-        <v>230</v>
+        <v>398</v>
       </c>
       <c r="D410" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E410" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F410" s="1" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="G410" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H410" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I410" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J410" s="1" t="s">
-        <v>93</v>
+        <v>120</v>
       </c>
       <c r="K410" s="1" t="s">
-        <v>34</v>
+        <v>171</v>
       </c>
       <c r="L410" s="1" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="M410" s="1" t="s">
-        <v>358</v>
+        <v>27</v>
       </c>
       <c r="N410" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O410" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="1" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="B411" s="1" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C411" s="1" t="s">
-        <v>1091</v>
+        <v>230</v>
       </c>
       <c r="D411" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E411" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F411" s="1" t="s">
-        <v>111</v>
+        <v>81</v>
       </c>
       <c r="G411" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H411" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I411" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J411" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="K411" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L411" s="1" t="s">
-        <v>123</v>
+        <v>49</v>
       </c>
       <c r="M411" s="1" t="s">
-        <v>27</v>
+        <v>358</v>
       </c>
       <c r="N411" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O411" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="1" t="s">
         <v>1092</v>
       </c>
       <c r="B412" s="1" t="s">
         <v>1093</v>
       </c>
       <c r="C412" s="1" t="s">
-        <v>366</v>
+        <v>1094</v>
       </c>
       <c r="D412" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E412" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F412" s="1" t="s">
-        <v>156</v>
+        <v>111</v>
       </c>
       <c r="G412" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H412" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I412" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J412" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K412" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L412" s="1" t="s">
         <v>123</v>
       </c>
       <c r="M412" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N412" s="1" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="O412" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="1" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="B413" s="1" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="C413" s="1" t="s">
-        <v>60</v>
+        <v>366</v>
       </c>
       <c r="D413" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E413" s="1" t="s">
-        <v>649</v>
+        <v>33</v>
       </c>
       <c r="F413" s="1" t="s">
         <v>156</v>
       </c>
       <c r="G413" s="1" t="s">
-        <v>214</v>
+        <v>21</v>
       </c>
       <c r="H413" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I413" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J413" s="1" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="K413" s="1" t="s">
         <v>42</v>
       </c>
       <c r="L413" s="1" t="s">
-        <v>26</v>
+        <v>123</v>
       </c>
       <c r="M413" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N413" s="1" t="s">
         <v>63</v>
       </c>
       <c r="O413" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="1" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="B414" s="1" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="C414" s="1" t="s">
-        <v>934</v>
+        <v>60</v>
       </c>
       <c r="D414" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E414" s="1" t="s">
-        <v>54</v>
+        <v>649</v>
       </c>
       <c r="F414" s="1" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="G414" s="1" t="s">
-        <v>41</v>
+        <v>214</v>
       </c>
       <c r="H414" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I414" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J414" s="1" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="K414" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L414" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M414" s="1" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="N414" s="1" t="s">
         <v>63</v>
       </c>
       <c r="O414" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="1" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
       <c r="B415" s="1" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="C415" s="1" t="s">
-        <v>739</v>
+        <v>937</v>
       </c>
       <c r="D415" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E415" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F415" s="1" t="s">
-        <v>592</v>
+        <v>146</v>
       </c>
       <c r="G415" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H415" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I415" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J415" s="1" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="K415" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L415" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M415" s="1" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N415" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="O415" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="1" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="B416" s="1" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="C416" s="1" t="s">
-        <v>1102</v>
+        <v>739</v>
       </c>
       <c r="D416" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E416" s="1" t="s">
-        <v>442</v>
+        <v>33</v>
       </c>
       <c r="F416" s="1" t="s">
-        <v>20</v>
+        <v>592</v>
       </c>
       <c r="G416" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H416" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I416" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J416" s="1" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="K416" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L416" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M416" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N416" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O416" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="1" t="s">
         <v>1103</v>
       </c>
       <c r="B417" s="1" t="s">
         <v>1104</v>
       </c>
       <c r="C417" s="1" t="s">
-        <v>60</v>
+        <v>1105</v>
       </c>
       <c r="D417" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E417" s="1" t="s">
-        <v>33</v>
+        <v>442</v>
       </c>
       <c r="F417" s="1" t="s">
-        <v>111</v>
+        <v>20</v>
       </c>
       <c r="G417" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H417" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I417" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J417" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K417" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L417" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M417" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N417" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O417" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="1" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="B418" s="1" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="C418" s="1" t="s">
-        <v>366</v>
+        <v>60</v>
       </c>
       <c r="D418" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E418" s="1" t="s">
-        <v>329</v>
+        <v>33</v>
       </c>
       <c r="F418" s="1" t="s">
-        <v>193</v>
+        <v>111</v>
       </c>
       <c r="G418" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H418" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I418" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J418" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K418" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L418" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M418" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N418" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O418" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="1" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="B419" s="1" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C419" s="1" t="s">
-        <v>39</v>
+        <v>366</v>
       </c>
       <c r="D419" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E419" s="1" t="s">
-        <v>47</v>
+        <v>329</v>
       </c>
       <c r="F419" s="1" t="s">
-        <v>20</v>
+        <v>193</v>
       </c>
       <c r="G419" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H419" s="1" t="s">
-        <v>540</v>
+        <v>22</v>
       </c>
       <c r="I419" s="1" t="s">
-        <v>447</v>
+        <v>23</v>
       </c>
       <c r="J419" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K419" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L419" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M419" s="1" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="N419" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O419" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="1" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="B420" s="1" t="s">
-        <v>98</v>
+        <v>1111</v>
       </c>
       <c r="C420" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D420" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E420" s="1" t="s">
-        <v>117</v>
+        <v>47</v>
       </c>
       <c r="F420" s="1" t="s">
-        <v>539</v>
+        <v>20</v>
       </c>
       <c r="G420" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H420" s="1" t="s">
-        <v>416</v>
+        <v>540</v>
       </c>
       <c r="I420" s="1" t="s">
-        <v>103</v>
+        <v>447</v>
       </c>
       <c r="J420" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="K420" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L420" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M420" s="1" t="s">
-        <v>84</v>
+        <v>98</v>
       </c>
       <c r="N420" s="1" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="O420" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="1" t="s">
-        <v>1110</v>
+        <v>1112</v>
       </c>
       <c r="B421" s="1" t="s">
-        <v>1111</v>
+        <v>98</v>
       </c>
       <c r="C421" s="1" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="D421" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E421" s="1" t="s">
-        <v>54</v>
+        <v>117</v>
       </c>
       <c r="F421" s="1" t="s">
-        <v>40</v>
+        <v>539</v>
       </c>
       <c r="G421" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H421" s="1" t="s">
-        <v>22</v>
+        <v>416</v>
       </c>
       <c r="I421" s="1" t="s">
-        <v>56</v>
+        <v>103</v>
       </c>
       <c r="J421" s="1" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="K421" s="1" t="s">
         <v>42</v>
       </c>
       <c r="L421" s="1" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
       <c r="M421" s="1" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="N421" s="1" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="O421" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="1" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="B422" s="1" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="C422" s="1" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="D422" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E422" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F422" s="1" t="s">
-        <v>20</v>
+        <v>40</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1052</v>
+        <v>21</v>
       </c>
       <c r="H422" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I422" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J422" s="1" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="K422" s="1" t="s">
         <v>42</v>
       </c>
       <c r="L422" s="1" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="M422" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N422" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="O422" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="1" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="B423" s="1" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
       <c r="C423" s="1" t="s">
-        <v>230</v>
+        <v>79</v>
       </c>
       <c r="D423" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E423" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F423" s="1" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="G423" s="1" t="s">
-        <v>41</v>
+        <v>1055</v>
       </c>
       <c r="H423" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I423" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J423" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K423" s="1" t="s">
         <v>42</v>
       </c>
       <c r="L423" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="M423" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N423" s="1" t="s">
-        <v>253</v>
+        <v>28</v>
       </c>
       <c r="O423" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="1" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="B424" s="1" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="C424" s="1" t="s">
-        <v>106</v>
+        <v>230</v>
       </c>
       <c r="D424" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E424" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F424" s="1" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="G424" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H424" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I424" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J424" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="K424" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L424" s="1" t="s">
-        <v>107</v>
+        <v>62</v>
       </c>
       <c r="M424" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N424" s="1" t="s">
-        <v>28</v>
+        <v>253</v>
       </c>
       <c r="O424" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="1" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="B425" s="1" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="C425" s="1" t="s">
-        <v>1120</v>
+        <v>106</v>
       </c>
       <c r="D425" s="1" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="E425" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F425" s="1" t="s">
-        <v>1121</v>
+        <v>55</v>
       </c>
       <c r="G425" s="1" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="H425" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I425" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J425" s="1" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="K425" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L425" s="1" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
       <c r="M425" s="1" t="s">
-        <v>744</v>
+        <v>27</v>
       </c>
       <c r="N425" s="1" t="s">
-        <v>342</v>
+        <v>28</v>
       </c>
       <c r="O425" s="1" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="1" t="s">
+        <v>1121</v>
+      </c>
+      <c r="B426" s="1" t="s">
         <v>1122</v>
       </c>
-      <c r="B426" s="1" t="s">
+      <c r="C426" s="1" t="s">
         <v>1123</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
       <c r="D426" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E426" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="F426" s="1" t="s">
         <v>1124</v>
       </c>
-      <c r="F426" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G426" s="1" t="s">
-        <v>41</v>
+        <v>132</v>
       </c>
       <c r="H426" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I426" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J426" s="1" t="s">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="K426" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L426" s="1" t="s">
         <v>26</v>
       </c>
       <c r="M426" s="1" t="s">
-        <v>27</v>
+        <v>744</v>
       </c>
       <c r="N426" s="1" t="s">
-        <v>28</v>
+        <v>342</v>
       </c>
       <c r="O426" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="1" t="s">
+        <v>1125</v>
+      </c>
+      <c r="B427" s="1" t="s">
         <v>1126</v>
       </c>
-      <c r="B427" s="1" t="s">
+      <c r="C427" s="1" t="s">
+        <v>39</v>
+      </c>
+      <c r="D427" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E427" s="1" t="s">
         <v>1127</v>
       </c>
-      <c r="C427" s="1" t="s">
+      <c r="F427" s="1" t="s">
         <v>1128</v>
       </c>
-      <c r="D427" s="1" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G427" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H427" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I427" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J427" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K427" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L427" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M427" s="1" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="N427" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O427" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="1" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="B428" s="1" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="C428" s="1" t="s">
-        <v>1129</v>
+        <v>1131</v>
       </c>
       <c r="D428" s="1" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="E428" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F428" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G428" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H428" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I428" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J428" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K428" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L428" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M428" s="1" t="s">
-        <v>95</v>
+        <v>128</v>
       </c>
       <c r="N428" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O428" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="1" t="s">
+        <v>1129</v>
+      </c>
+      <c r="B429" s="1" t="s">
         <v>1130</v>
-      </c>
-[...1 lines deleted...]
-        <v>1131</v>
       </c>
       <c r="C429" s="1" t="s">
         <v>1132</v>
       </c>
       <c r="D429" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E429" s="1" t="s">
-        <v>901</v>
+        <v>33</v>
       </c>
       <c r="F429" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G429" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H429" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I429" s="1" t="s">
-        <v>103</v>
+        <v>23</v>
       </c>
       <c r="J429" s="1" t="s">
-        <v>463</v>
+        <v>24</v>
       </c>
       <c r="K429" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L429" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M429" s="1" t="s">
-        <v>128</v>
+        <v>95</v>
       </c>
       <c r="N429" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O429" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="1" t="s">
         <v>1133</v>
       </c>
       <c r="B430" s="1" t="s">
         <v>1134</v>
       </c>
       <c r="C430" s="1" t="s">
-        <v>1128</v>
+        <v>1135</v>
       </c>
       <c r="D430" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E430" s="1" t="s">
-        <v>33</v>
+        <v>901</v>
       </c>
       <c r="F430" s="1" t="s">
-        <v>40</v>
+        <v>146</v>
       </c>
       <c r="G430" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H430" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I430" s="1" t="s">
-        <v>1135</v>
+        <v>103</v>
       </c>
       <c r="J430" s="1" t="s">
-        <v>24</v>
+        <v>463</v>
       </c>
       <c r="K430" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L430" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M430" s="1" t="s">
         <v>128</v>
       </c>
       <c r="N430" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O430" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="1" t="s">
         <v>1136</v>
       </c>
       <c r="B431" s="1" t="s">
         <v>1137</v>
       </c>
       <c r="C431" s="1" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="D431" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E431" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F431" s="1" t="s">
-        <v>146</v>
+        <v>40</v>
       </c>
       <c r="G431" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H431" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I431" s="1" t="s">
-        <v>23</v>
+        <v>1138</v>
       </c>
       <c r="J431" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K431" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L431" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M431" s="1" t="s">
         <v>128</v>
       </c>
       <c r="N431" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O431" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="1" t="s">
-        <v>1136</v>
+        <v>1139</v>
       </c>
       <c r="B432" s="1" t="s">
-        <v>1137</v>
+        <v>1140</v>
       </c>
       <c r="C432" s="1" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="D432" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E432" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F432" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G432" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H432" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I432" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J432" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K432" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L432" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M432" s="1" t="s">
         <v>128</v>
       </c>
       <c r="N432" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O432" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="1" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="B433" s="1" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="C433" s="1" t="s">
-        <v>477</v>
+        <v>1131</v>
       </c>
       <c r="D433" s="1" t="s">
-        <v>732</v>
+        <v>80</v>
       </c>
       <c r="E433" s="1" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="F433" s="1" t="s">
-        <v>55</v>
+        <v>146</v>
       </c>
       <c r="G433" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H433" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I433" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J433" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K433" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L433" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M433" s="1" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="N433" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O433" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="1" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="B434" s="1" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="C434" s="1" t="s">
         <v>477</v>
       </c>
       <c r="D434" s="1" t="s">
         <v>732</v>
       </c>
       <c r="E434" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F434" s="1" t="s">
         <v>55</v>
       </c>
       <c r="G434" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H434" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I434" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J434" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K434" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L434" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M434" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N434" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O434" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="1" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="B435" s="1" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="C435" s="1" t="s">
-        <v>1144</v>
+        <v>477</v>
       </c>
       <c r="D435" s="1" t="s">
-        <v>18</v>
+        <v>732</v>
       </c>
       <c r="E435" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F435" s="1" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="G435" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H435" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I435" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J435" s="1" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="K435" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L435" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M435" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N435" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O435" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="1" t="s">
         <v>1145</v>
       </c>
       <c r="B436" s="1" t="s">
         <v>1146</v>
       </c>
       <c r="C436" s="1" t="s">
         <v>1147</v>
       </c>
       <c r="D436" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E436" s="1" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="F436" s="1" t="s">
-        <v>111</v>
+        <v>40</v>
       </c>
       <c r="G436" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H436" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I436" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J436" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="K436" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L436" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M436" s="1" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="N436" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O436" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="1" t="s">
         <v>1148</v>
       </c>
       <c r="B437" s="1" t="s">
         <v>1149</v>
       </c>
       <c r="C437" s="1" t="s">
         <v>1150</v>
       </c>
       <c r="D437" s="1" t="s">
-        <v>528</v>
+        <v>18</v>
       </c>
       <c r="E437" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F437" s="1" t="s">
         <v>111</v>
       </c>
       <c r="G437" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H437" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I437" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J437" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K437" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L437" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="M437" s="1" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N437" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O437" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="1" t="s">
         <v>1151</v>
       </c>
       <c r="B438" s="1" t="s">
         <v>1152</v>
       </c>
       <c r="C438" s="1" t="s">
         <v>1153</v>
       </c>
       <c r="D438" s="1" t="s">
-        <v>18</v>
+        <v>528</v>
       </c>
       <c r="E438" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F438" s="1" t="s">
-        <v>61</v>
+        <v>111</v>
       </c>
       <c r="G438" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H438" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I438" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J438" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K438" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L438" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="M438" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N438" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O438" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="1" t="s">
         <v>1154</v>
       </c>
       <c r="B439" s="1" t="s">
         <v>1155</v>
       </c>
       <c r="C439" s="1" t="s">
         <v>1156</v>
       </c>
       <c r="D439" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E439" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F439" s="1" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="G439" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H439" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I439" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J439" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K439" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L439" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M439" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N439" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O439" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="1" t="s">
         <v>1157</v>
       </c>
       <c r="B440" s="1" t="s">
         <v>1158</v>
       </c>
       <c r="C440" s="1" t="s">
         <v>1159</v>
       </c>
       <c r="D440" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E440" s="1" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="F440" s="1" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="G440" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H440" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I440" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J440" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K440" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L440" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M440" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N440" s="1" t="s">
-        <v>419</v>
+        <v>88</v>
       </c>
       <c r="O440" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="1" t="s">
         <v>1160</v>
       </c>
       <c r="B441" s="1" t="s">
         <v>1161</v>
       </c>
       <c r="C441" s="1" t="s">
-        <v>1129</v>
+        <v>1162</v>
       </c>
       <c r="D441" s="1" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="E441" s="1" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="F441" s="1" t="s">
-        <v>146</v>
+        <v>55</v>
       </c>
       <c r="G441" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H441" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I441" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J441" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K441" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L441" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M441" s="1" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="N441" s="1" t="s">
-        <v>88</v>
+        <v>419</v>
       </c>
       <c r="O441" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="1" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="B442" s="1" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C442" s="1" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="D442" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E442" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F442" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G442" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H442" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I442" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J442" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K442" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L442" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M442" s="1" t="s">
         <v>128</v>
       </c>
       <c r="N442" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O442" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="1" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="B443" s="1" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="C443" s="1" t="s">
-        <v>1128</v>
+        <v>1131</v>
       </c>
       <c r="D443" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E443" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F443" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G443" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H443" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I443" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J443" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K443" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L443" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M443" s="1" t="s">
         <v>128</v>
       </c>
       <c r="N443" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O443" s="1" t="s">
-        <v>189</v>
+        <v>36</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="1" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="B444" s="1" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
       <c r="C444" s="1" t="s">
-        <v>1168</v>
+        <v>1131</v>
       </c>
       <c r="D444" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E444" s="1" t="s">
-        <v>655</v>
+        <v>33</v>
       </c>
       <c r="F444" s="1" t="s">
-        <v>111</v>
+        <v>146</v>
       </c>
       <c r="G444" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H444" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I444" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J444" s="1" t="s">
-        <v>93</v>
+        <v>24</v>
       </c>
       <c r="K444" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L444" s="1" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="M444" s="1" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="N444" s="1" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="O444" s="1" t="s">
-        <v>43</v>
+        <v>189</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="1" t="s">
         <v>1169</v>
       </c>
       <c r="B445" s="1" t="s">
         <v>1170</v>
       </c>
       <c r="C445" s="1" t="s">
         <v>1171</v>
       </c>
       <c r="D445" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E445" s="1" t="s">
-        <v>33</v>
+        <v>655</v>
       </c>
       <c r="F445" s="1" t="s">
-        <v>146</v>
+        <v>111</v>
       </c>
       <c r="G445" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H445" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I445" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J445" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="K445" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L445" s="1" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="M445" s="1" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="N445" s="1" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="O445" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="1" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="B446" s="1" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="C446" s="1" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="D446" s="1" t="s">
         <v>80</v>
       </c>
       <c r="E446" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F446" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G446" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H446" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I446" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J446" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K446" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L446" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M446" s="1" t="s">
         <v>128</v>
       </c>
       <c r="N446" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O446" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="1" t="s">
-        <v>1173</v>
+        <v>1172</v>
       </c>
       <c r="B447" s="1" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C447" s="1" t="s">
         <v>1174</v>
       </c>
-      <c r="C447" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D447" s="1" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="E447" s="1" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F447" s="1" t="s">
-        <v>193</v>
+        <v>146</v>
       </c>
       <c r="G447" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H447" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I447" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J447" s="1" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="K447" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L447" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M447" s="1" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="N447" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O447" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="1" t="s">
         <v>1176</v>
       </c>
       <c r="B448" s="1" t="s">
         <v>1177</v>
       </c>
       <c r="C448" s="1" t="s">
         <v>1178</v>
       </c>
       <c r="D448" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E448" s="1" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="F448" s="1" t="s">
-        <v>20</v>
+        <v>193</v>
       </c>
       <c r="G448" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H448" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I448" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J448" s="1" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="K448" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L448" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M448" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N448" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O448" s="1" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="1" t="s">
         <v>1179</v>
       </c>
       <c r="B449" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="C449" s="1" t="s">
         <v>1181</v>
       </c>
       <c r="D449" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E449" s="1" t="s">
-        <v>1182</v>
+        <v>54</v>
       </c>
       <c r="F449" s="1" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="G449" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H449" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I449" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J449" s="1" t="s">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="K449" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L449" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M449" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N449" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O449" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="1" t="s">
+        <v>1182</v>
+      </c>
+      <c r="B450" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="B450" s="1" t="s">
+      <c r="C450" s="1" t="s">
         <v>1184</v>
       </c>
-      <c r="C450" s="1" t="s">
+      <c r="D450" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E450" s="1" t="s">
         <v>1185</v>
       </c>
-      <c r="D450" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F450" s="1" t="s">
-        <v>156</v>
+        <v>55</v>
       </c>
       <c r="G450" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H450" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I450" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J450" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K450" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L450" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M450" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N450" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O450" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="1" t="s">
         <v>1186</v>
       </c>
       <c r="B451" s="1" t="s">
         <v>1187</v>
       </c>
       <c r="C451" s="1" t="s">
-        <v>1128</v>
+        <v>1188</v>
       </c>
       <c r="D451" s="1" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="E451" s="1" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="F451" s="1" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="G451" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H451" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I451" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J451" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K451" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L451" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M451" s="1" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="N451" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O451" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="B452" s="1" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="C452" s="1" t="s">
-        <v>1132</v>
+        <v>1131</v>
       </c>
       <c r="D452" s="1" t="s">
-        <v>1190</v>
+        <v>80</v>
       </c>
       <c r="E452" s="1" t="s">
-        <v>901</v>
+        <v>33</v>
       </c>
       <c r="F452" s="1" t="s">
         <v>146</v>
       </c>
       <c r="G452" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H452" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I452" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J452" s="1" t="s">
-        <v>463</v>
+        <v>24</v>
       </c>
       <c r="K452" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L452" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M452" s="1" t="s">
         <v>128</v>
       </c>
       <c r="N452" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O452" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="1" t="s">
         <v>1191</v>
       </c>
       <c r="B453" s="1" t="s">
         <v>1192</v>
       </c>
       <c r="C453" s="1" t="s">
+        <v>1135</v>
+      </c>
+      <c r="D453" s="1" t="s">
         <v>1193</v>
       </c>
-      <c r="D453" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E453" s="1" t="s">
-        <v>54</v>
+        <v>901</v>
       </c>
       <c r="F453" s="1" t="s">
-        <v>20</v>
+        <v>146</v>
       </c>
       <c r="G453" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H453" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I453" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J453" s="1" t="s">
-        <v>24</v>
+        <v>463</v>
       </c>
       <c r="K453" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L453" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M453" s="1" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="N453" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O453" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="1" t="s">
         <v>1194</v>
       </c>
       <c r="B454" s="1" t="s">
         <v>1195</v>
       </c>
       <c r="C454" s="1" t="s">
         <v>1196</v>
       </c>
       <c r="D454" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E454" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F454" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G454" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H454" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I454" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J454" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K454" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L454" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M454" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N454" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O454" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="1" t="s">
         <v>1197</v>
       </c>
       <c r="B455" s="1" t="s">
         <v>1198</v>
       </c>
       <c r="C455" s="1" t="s">
         <v>1199</v>
       </c>
       <c r="D455" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E455" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F455" s="1" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="G455" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H455" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I455" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J455" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K455" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L455" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M455" s="1" t="s">
-        <v>448</v>
+        <v>27</v>
       </c>
       <c r="N455" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O455" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="1" t="s">
         <v>1200</v>
       </c>
       <c r="B456" s="1" t="s">
         <v>1201</v>
       </c>
       <c r="C456" s="1" t="s">
         <v>1202</v>
       </c>
       <c r="D456" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E456" s="1" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="F456" s="1" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="G456" s="1" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="H456" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I456" s="1" t="s">
-        <v>1203</v>
+        <v>23</v>
       </c>
       <c r="J456" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K456" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L456" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M456" s="1" t="s">
-        <v>27</v>
+        <v>448</v>
       </c>
       <c r="N456" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O456" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="B457" s="1" t="s">
         <v>1204</v>
       </c>
-      <c r="B457" s="1" t="s">
+      <c r="C457" s="1" t="s">
         <v>1205</v>
       </c>
-      <c r="C457" s="1" t="s">
+      <c r="D457" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E457" s="1" t="s">
+        <v>19</v>
+      </c>
+      <c r="F457" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="G457" s="1" t="s">
+        <v>132</v>
+      </c>
+      <c r="H457" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I457" s="1" t="s">
         <v>1206</v>
-      </c>
-[...16 lines deleted...]
-        <v>23</v>
       </c>
       <c r="J457" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K457" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L457" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M457" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N457" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O457" s="1" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="1" t="s">
         <v>1207</v>
       </c>
       <c r="B458" s="1" t="s">
         <v>1208</v>
       </c>
       <c r="C458" s="1" t="s">
         <v>1209</v>
       </c>
       <c r="D458" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E458" s="1" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="F458" s="1" t="s">
-        <v>20</v>
+        <v>669</v>
       </c>
       <c r="G458" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H458" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I458" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J458" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K458" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L458" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M458" s="1" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="N458" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O458" s="1" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="1" t="s">
         <v>1210</v>
       </c>
       <c r="B459" s="1" t="s">
         <v>1211</v>
       </c>
       <c r="C459" s="1" t="s">
         <v>1212</v>
       </c>
       <c r="D459" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E459" s="1" t="s">
-        <v>235</v>
+        <v>19</v>
       </c>
       <c r="F459" s="1" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="G459" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H459" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I459" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J459" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="K459" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L459" s="1" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
       <c r="M459" s="1" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="N459" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O459" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="1" t="s">
         <v>1213</v>
       </c>
       <c r="B460" s="1" t="s">
         <v>1214</v>
       </c>
       <c r="C460" s="1" t="s">
         <v>1215</v>
       </c>
       <c r="D460" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E460" s="1" t="s">
-        <v>47</v>
+        <v>235</v>
       </c>
       <c r="F460" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="G460" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H460" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I460" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J460" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K460" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L460" s="1" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
       <c r="M460" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N460" s="1" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="O460" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="1" t="s">
         <v>1216</v>
       </c>
       <c r="B461" s="1" t="s">
         <v>1217</v>
       </c>
       <c r="C461" s="1" t="s">
         <v>1218</v>
       </c>
       <c r="D461" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E461" s="1" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="F461" s="1" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="G461" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H461" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I461" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J461" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K461" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L461" s="1" t="s">
         <v>107</v>
       </c>
       <c r="M461" s="1" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="N461" s="1" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="O461" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="1" t="s">
         <v>1219</v>
       </c>
       <c r="B462" s="1" t="s">
         <v>1220</v>
       </c>
       <c r="C462" s="1" t="s">
-        <v>256</v>
+        <v>1221</v>
       </c>
       <c r="D462" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E462" s="1" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="F462" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G462" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H462" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I462" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J462" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K462" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L462" s="1" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
       <c r="M462" s="1" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="N462" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O462" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="1" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="B463" s="1" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="C463" s="1" t="s">
-        <v>1223</v>
+        <v>256</v>
       </c>
       <c r="D463" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E463" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F463" s="1" t="s">
-        <v>111</v>
+        <v>20</v>
       </c>
       <c r="G463" s="1" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="H463" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I463" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J463" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="K463" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L463" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M463" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N463" s="1" t="s">
-        <v>342</v>
+        <v>28</v>
       </c>
       <c r="O463" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="1" t="s">
         <v>1224</v>
       </c>
       <c r="B464" s="1" t="s">
         <v>1225</v>
       </c>
       <c r="C464" s="1" t="s">
         <v>1226</v>
       </c>
       <c r="D464" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E464" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F464" s="1" t="s">
-        <v>40</v>
+        <v>111</v>
       </c>
       <c r="G464" s="1" t="s">
-        <v>21</v>
+        <v>132</v>
       </c>
       <c r="H464" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I464" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J464" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K464" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L464" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M464" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N464" s="1" t="s">
-        <v>88</v>
+        <v>342</v>
       </c>
       <c r="O464" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="1" t="s">
         <v>1227</v>
       </c>
       <c r="B465" s="1" t="s">
-        <v>98</v>
+        <v>1228</v>
       </c>
       <c r="C465" s="1" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="D465" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E465" s="1" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="F465" s="1" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="G465" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H465" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I465" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J465" s="1" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="K465" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L465" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M465" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N465" s="1" t="s">
-        <v>253</v>
+        <v>88</v>
       </c>
       <c r="O465" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="1" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="B466" s="1" t="s">
-        <v>1170</v>
+        <v>98</v>
       </c>
       <c r="C466" s="1" t="s">
-        <v>1171</v>
+        <v>1231</v>
       </c>
       <c r="D466" s="1" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="E466" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F466" s="1" t="s">
-        <v>146</v>
+        <v>81</v>
       </c>
       <c r="G466" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H466" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I466" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J466" s="1" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="K466" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L466" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M466" s="1" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="N466" s="1" t="s">
-        <v>88</v>
+        <v>253</v>
       </c>
       <c r="O466" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="1" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="B467" s="1" t="s">
-        <v>1231</v>
+        <v>1173</v>
       </c>
       <c r="C467" s="1" t="s">
-        <v>1232</v>
+        <v>1174</v>
       </c>
       <c r="D467" s="1" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="E467" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F467" s="1" t="s">
-        <v>55</v>
+        <v>146</v>
       </c>
       <c r="G467" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H467" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I467" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J467" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K467" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L467" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M467" s="1" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="N467" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O467" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="1" t="s">
         <v>1233</v>
       </c>
       <c r="B468" s="1" t="s">
         <v>1234</v>
       </c>
       <c r="C468" s="1" t="s">
         <v>1235</v>
       </c>
       <c r="D468" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E468" s="1" t="s">
         <v>33</v>
       </c>
       <c r="F468" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="G468" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H468" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I468" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J468" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K468" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L468" s="1" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
       <c r="M468" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N468" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O468" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="1" t="s">
         <v>1236</v>
       </c>
       <c r="B469" s="1" t="s">
-        <v>98</v>
+        <v>1237</v>
       </c>
       <c r="C469" s="1" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="D469" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E469" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F469" s="1" t="s">
         <v>111</v>
       </c>
       <c r="G469" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H469" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I469" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J469" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K469" s="1" t="s">
-        <v>171</v>
+        <v>34</v>
       </c>
       <c r="L469" s="1" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="M469" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N469" s="1" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="O469" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="1" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="B470" s="1" t="s">
-        <v>1239</v>
+        <v>98</v>
       </c>
       <c r="C470" s="1" t="s">
-        <v>1128</v>
+        <v>1240</v>
       </c>
       <c r="D470" s="1" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="E470" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F470" s="1" t="s">
-        <v>1240</v>
+        <v>111</v>
       </c>
       <c r="G470" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H470" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I470" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J470" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K470" s="1" t="s">
-        <v>34</v>
+        <v>171</v>
       </c>
       <c r="L470" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M470" s="1" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="N470" s="1" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="O470" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="1" t="s">
         <v>1241</v>
       </c>
       <c r="B471" s="1" t="s">
         <v>1242</v>
       </c>
       <c r="C471" s="1" t="s">
-        <v>1181</v>
+        <v>1131</v>
       </c>
       <c r="D471" s="1" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="E471" s="1" t="s">
-        <v>1182</v>
+        <v>33</v>
       </c>
       <c r="F471" s="1" t="s">
-        <v>55</v>
+        <v>1243</v>
       </c>
       <c r="G471" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H471" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I471" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J471" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K471" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L471" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M471" s="1" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="N471" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O471" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="1" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="B472" s="1" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="C472" s="1" t="s">
-        <v>1245</v>
+        <v>1184</v>
       </c>
       <c r="D472" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E472" s="1" t="s">
-        <v>47</v>
+        <v>1185</v>
       </c>
       <c r="F472" s="1" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="G472" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H472" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I472" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J472" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K472" s="1" t="s">
-        <v>171</v>
+        <v>34</v>
       </c>
       <c r="L472" s="1" t="s">
-        <v>565</v>
+        <v>49</v>
       </c>
       <c r="M472" s="1" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="N472" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O472" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="1" t="s">
         <v>1246</v>
       </c>
       <c r="B473" s="1" t="s">
         <v>1247</v>
       </c>
       <c r="C473" s="1" t="s">
         <v>1248</v>
       </c>
       <c r="D473" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E473" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F473" s="1" t="s">
-        <v>111</v>
+        <v>20</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H473" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I473" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J473" s="1" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="K473" s="1" t="s">
-        <v>34</v>
+        <v>171</v>
       </c>
       <c r="L473" s="1" t="s">
-        <v>49</v>
+        <v>565</v>
       </c>
       <c r="M473" s="1" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="N473" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O473" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="1" t="s">
         <v>1249</v>
       </c>
       <c r="B474" s="1" t="s">
         <v>1250</v>
       </c>
       <c r="C474" s="1" t="s">
-        <v>1249</v>
+        <v>1251</v>
       </c>
       <c r="D474" s="1" t="s">
-        <v>213</v>
+        <v>18</v>
       </c>
       <c r="E474" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F474" s="1" t="s">
-        <v>55</v>
+        <v>111</v>
       </c>
       <c r="G474" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H474" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I474" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J474" s="1" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="K474" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L474" s="1" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="M474" s="1" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="N474" s="1" t="s">
-        <v>85</v>
+        <v>28</v>
       </c>
       <c r="O474" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="1" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="B475" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C475" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="C475" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D475" s="1" t="s">
-        <v>18</v>
+        <v>213</v>
       </c>
       <c r="E475" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F475" s="1" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="G475" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H475" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I475" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J475" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K475" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L475" s="1" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="M475" s="1" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="N475" s="1" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
       <c r="O475" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="1" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
       <c r="B476" s="1" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="C476" s="1" t="s">
-        <v>1255</v>
+        <v>60</v>
       </c>
       <c r="D476" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E476" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F476" s="1" t="s">
-        <v>40</v>
+        <v>70</v>
       </c>
       <c r="G476" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H476" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I476" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J476" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="K476" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L476" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="M476" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N476" s="1" t="s">
-        <v>419</v>
+        <v>63</v>
       </c>
       <c r="O476" s="1" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="1" t="s">
         <v>1256</v>
       </c>
       <c r="B477" s="1" t="s">
         <v>1257</v>
       </c>
       <c r="C477" s="1" t="s">
-        <v>60</v>
+        <v>1258</v>
       </c>
       <c r="D477" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E477" s="1" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="F477" s="1" t="s">
-        <v>156</v>
+        <v>40</v>
       </c>
       <c r="G477" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H477" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I477" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J477" s="1" t="s">
-        <v>463</v>
+        <v>24</v>
       </c>
       <c r="K477" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L477" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M477" s="1" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="N477" s="1" t="s">
-        <v>63</v>
+        <v>419</v>
       </c>
       <c r="O477" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="1" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="B478" s="1" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
       <c r="C478" s="1" t="s">
-        <v>110</v>
+        <v>60</v>
       </c>
       <c r="D478" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E478" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F478" s="1" t="s">
-        <v>111</v>
+        <v>156</v>
       </c>
       <c r="G478" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H478" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I478" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J478" s="1" t="s">
-        <v>57</v>
+        <v>463</v>
       </c>
       <c r="K478" s="1" t="s">
-        <v>491</v>
+        <v>34</v>
       </c>
       <c r="L478" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="M478" s="1" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N478" s="1" t="s">
         <v>63</v>
       </c>
       <c r="O478" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="1" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="B479" s="1" t="s">
-        <v>1261</v>
+        <v>1262</v>
       </c>
       <c r="C479" s="1" t="s">
-        <v>1262</v>
+        <v>110</v>
       </c>
       <c r="D479" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E479" s="1" t="s">
-        <v>1263</v>
+        <v>54</v>
       </c>
       <c r="F479" s="1" t="s">
         <v>111</v>
       </c>
       <c r="G479" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H479" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I479" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J479" s="1" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="K479" s="1" t="s">
-        <v>34</v>
+        <v>491</v>
       </c>
       <c r="L479" s="1" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="M479" s="1" t="s">
-        <v>448</v>
+        <v>27</v>
       </c>
       <c r="N479" s="1" t="s">
-        <v>202</v>
+        <v>63</v>
       </c>
       <c r="O479" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="1" t="s">
+        <v>1263</v>
+      </c>
+      <c r="B480" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="B480" s="1" t="s">
+      <c r="C480" s="1" t="s">
         <v>1265</v>
       </c>
-      <c r="C480" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D480" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E480" s="1" t="s">
-        <v>54</v>
+        <v>1266</v>
       </c>
       <c r="F480" s="1" t="s">
-        <v>193</v>
+        <v>111</v>
       </c>
       <c r="G480" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H480" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I480" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J480" s="1" t="s">
-        <v>120</v>
+        <v>93</v>
       </c>
       <c r="K480" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L480" s="1" t="s">
-        <v>49</v>
+        <v>83</v>
       </c>
       <c r="M480" s="1" t="s">
-        <v>27</v>
+        <v>448</v>
       </c>
       <c r="N480" s="1" t="s">
-        <v>419</v>
+        <v>202</v>
       </c>
       <c r="O480" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="1" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="B481" s="1" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="C481" s="1" t="s">
-        <v>1268</v>
+        <v>110</v>
       </c>
       <c r="D481" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E481" s="1" t="s">
-        <v>655</v>
+        <v>54</v>
       </c>
       <c r="F481" s="1" t="s">
-        <v>20</v>
+        <v>193</v>
       </c>
       <c r="G481" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H481" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I481" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J481" s="1" t="s">
-        <v>93</v>
+        <v>120</v>
       </c>
       <c r="K481" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L481" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M481" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N481" s="1" t="s">
-        <v>88</v>
+        <v>419</v>
       </c>
       <c r="O481" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="1" t="s">
         <v>1269</v>
       </c>
       <c r="B482" s="1" t="s">
-        <v>98</v>
+        <v>1270</v>
       </c>
       <c r="C482" s="1" t="s">
-        <v>439</v>
+        <v>1271</v>
       </c>
       <c r="D482" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E482" s="1" t="s">
-        <v>54</v>
+        <v>655</v>
       </c>
       <c r="F482" s="1" t="s">
-        <v>40</v>
+        <v>20</v>
       </c>
       <c r="G482" s="1" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="H482" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I482" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J482" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="K482" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L482" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M482" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N482" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O482" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="1" t="s">
-        <v>1270</v>
+        <v>1272</v>
       </c>
       <c r="B483" s="1" t="s">
-        <v>1271</v>
+        <v>98</v>
       </c>
       <c r="C483" s="1" t="s">
-        <v>39</v>
+        <v>439</v>
       </c>
       <c r="D483" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E483" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F483" s="1" t="s">
-        <v>55</v>
+        <v>40</v>
       </c>
       <c r="G483" s="1" t="s">
-        <v>41</v>
+        <v>132</v>
       </c>
       <c r="H483" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I483" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J483" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K483" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L483" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M483" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N483" s="1" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="O483" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="1" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="B484" s="1" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="C484" s="1" t="s">
-        <v>1274</v>
+        <v>39</v>
       </c>
       <c r="D484" s="1" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="E484" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F484" s="1" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="G484" s="1" t="s">
-        <v>132</v>
+        <v>41</v>
       </c>
       <c r="H484" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I484" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J484" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="K484" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L484" s="1" t="s">
         <v>26</v>
       </c>
       <c r="M484" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N484" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="O484" s="1" t="s">
-        <v>189</v>
+        <v>36</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="1" t="s">
         <v>1275</v>
       </c>
       <c r="B485" s="1" t="s">
         <v>1276</v>
       </c>
       <c r="C485" s="1" t="s">
         <v>1277</v>
       </c>
       <c r="D485" s="1" t="s">
-        <v>1278</v>
+        <v>80</v>
       </c>
       <c r="E485" s="1" t="s">
-        <v>98</v>
+        <v>54</v>
       </c>
       <c r="F485" s="1" t="s">
-        <v>98</v>
+        <v>20</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>98</v>
+        <v>132</v>
       </c>
       <c r="H485" s="1" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="I485" s="1" t="s">
-        <v>98</v>
+        <v>23</v>
       </c>
       <c r="J485" s="1" t="s">
-        <v>98</v>
+        <v>24</v>
       </c>
       <c r="K485" s="1" t="s">
-        <v>98</v>
+        <v>34</v>
       </c>
       <c r="L485" s="1" t="s">
-        <v>98</v>
+        <v>26</v>
       </c>
       <c r="M485" s="1" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="N485" s="1" t="s">
-        <v>98</v>
+        <v>28</v>
       </c>
       <c r="O485" s="1" t="s">
-        <v>98</v>
+        <v>189</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="1" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B486" s="1" t="s">
         <v>1279</v>
       </c>
-      <c r="B486" s="1" t="s">
+      <c r="C486" s="1" t="s">
         <v>1280</v>
       </c>
-      <c r="C486" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D486" s="1" t="s">
-        <v>18</v>
+        <v>1281</v>
       </c>
       <c r="E486" s="1" t="s">
-        <v>54</v>
+        <v>98</v>
       </c>
       <c r="F486" s="1" t="s">
-        <v>70</v>
+        <v>98</v>
       </c>
       <c r="G486" s="1" t="s">
-        <v>21</v>
+        <v>98</v>
       </c>
       <c r="H486" s="1" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="I486" s="1" t="s">
-        <v>23</v>
+        <v>98</v>
       </c>
       <c r="J486" s="1" t="s">
-        <v>48</v>
+        <v>98</v>
       </c>
       <c r="K486" s="1" t="s">
-        <v>25</v>
+        <v>98</v>
       </c>
       <c r="L486" s="1" t="s">
-        <v>1281</v>
+        <v>98</v>
       </c>
       <c r="M486" s="1" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N486" s="1" t="s">
-        <v>63</v>
+        <v>98</v>
       </c>
       <c r="O486" s="1" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="1" t="s">
         <v>1282</v>
       </c>
       <c r="B487" s="1" t="s">
         <v>1283</v>
       </c>
       <c r="C487" s="1" t="s">
+        <v>110</v>
+      </c>
+      <c r="D487" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="E487" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="F487" s="1" t="s">
+        <v>70</v>
+      </c>
+      <c r="G487" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="H487" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I487" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J487" s="1" t="s">
+        <v>48</v>
+      </c>
+      <c r="K487" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="L487" s="1" t="s">
         <v>1284</v>
       </c>
-      <c r="D487" s="1" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="M487" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N487" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="O487" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="1" t="s">
         <v>1285</v>
       </c>
       <c r="B488" s="1" t="s">
         <v>1286</v>
       </c>
       <c r="C488" s="1" t="s">
-        <v>60</v>
+        <v>1287</v>
       </c>
       <c r="D488" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E488" s="1" t="s">
-        <v>47</v>
+        <v>117</v>
       </c>
       <c r="F488" s="1" t="s">
-        <v>111</v>
+        <v>55</v>
       </c>
       <c r="G488" s="1" t="s">
-        <v>21</v>
+        <v>214</v>
       </c>
       <c r="H488" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I488" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J488" s="1" t="s">
         <v>93</v>
       </c>
       <c r="K488" s="1" t="s">
-        <v>25</v>
+        <v>171</v>
       </c>
       <c r="L488" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M488" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N488" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O488" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="1" t="s">
-        <v>1287</v>
+        <v>1288</v>
       </c>
       <c r="B489" s="1" t="s">
-        <v>98</v>
+        <v>1289</v>
       </c>
       <c r="C489" s="1" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
       <c r="D489" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E489" s="1" t="s">
-        <v>649</v>
+        <v>47</v>
       </c>
       <c r="F489" s="1" t="s">
-        <v>70</v>
+        <v>111</v>
       </c>
       <c r="G489" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H489" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I489" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J489" s="1" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="K489" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L489" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M489" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N489" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O489" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="1" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="B490" s="1" t="s">
-        <v>1289</v>
+        <v>98</v>
       </c>
       <c r="C490" s="1" t="s">
-        <v>1290</v>
+        <v>79</v>
       </c>
       <c r="D490" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E490" s="1" t="s">
-        <v>47</v>
+        <v>649</v>
       </c>
       <c r="F490" s="1" t="s">
-        <v>1291</v>
+        <v>70</v>
       </c>
       <c r="G490" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H490" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I490" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J490" s="1" t="s">
-        <v>93</v>
+        <v>75</v>
       </c>
       <c r="K490" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L490" s="1" t="s">
-        <v>107</v>
+        <v>26</v>
       </c>
       <c r="M490" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N490" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O490" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="1" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="B491" s="1" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="C491" s="1" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
       <c r="D491" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E491" s="1" t="s">
         <v>47</v>
       </c>
       <c r="F491" s="1" t="s">
-        <v>20</v>
+        <v>1294</v>
       </c>
       <c r="G491" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H491" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I491" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J491" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="K491" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L491" s="1" t="s">
-        <v>35</v>
+        <v>107</v>
       </c>
       <c r="M491" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N491" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O491" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="1" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B492" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="B492" s="1" t="s">
+      <c r="C492" s="1" t="s">
         <v>1293</v>
       </c>
-      <c r="C492" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D492" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E492" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F492" s="1" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="G492" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H492" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I492" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J492" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K492" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L492" s="1" t="s">
-        <v>107</v>
+        <v>35</v>
       </c>
       <c r="M492" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N492" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O492" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="1" t="s">
-        <v>1294</v>
+        <v>1295</v>
       </c>
       <c r="B493" s="1" t="s">
-        <v>1295</v>
+        <v>1296</v>
       </c>
       <c r="C493" s="1" t="s">
-        <v>630</v>
+        <v>106</v>
       </c>
       <c r="D493" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E493" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F493" s="1" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="G493" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H493" s="1" t="s">
-        <v>98</v>
+        <v>22</v>
       </c>
       <c r="I493" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J493" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K493" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L493" s="1" t="s">
-        <v>49</v>
+        <v>107</v>
       </c>
       <c r="M493" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N493" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O493" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="1" t="s">
-        <v>1296</v>
+        <v>1297</v>
       </c>
       <c r="B494" s="1" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="C494" s="1" t="s">
-        <v>398</v>
+        <v>630</v>
       </c>
       <c r="D494" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E494" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F494" s="1" t="s">
-        <v>156</v>
+        <v>20</v>
       </c>
       <c r="G494" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H494" s="1" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="I494" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J494" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K494" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L494" s="1" t="s">
-        <v>123</v>
+        <v>49</v>
       </c>
       <c r="M494" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N494" s="1" t="s">
-        <v>367</v>
+        <v>28</v>
       </c>
       <c r="O494" s="1" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="1" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="B495" s="1" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="C495" s="1" t="s">
-        <v>39</v>
+        <v>398</v>
       </c>
       <c r="D495" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E495" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F495" s="1" t="s">
-        <v>334</v>
+        <v>156</v>
       </c>
       <c r="G495" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H495" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I495" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J495" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K495" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L495" s="1" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="M495" s="1" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="N495" s="1" t="s">
-        <v>342</v>
+        <v>367</v>
       </c>
       <c r="O495" s="1" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="1" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="B496" s="1" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="C496" s="1" t="s">
         <v>39</v>
       </c>
       <c r="D496" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E496" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F496" s="1" t="s">
-        <v>156</v>
+        <v>334</v>
       </c>
       <c r="G496" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H496" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I496" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J496" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K496" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L496" s="1" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
       <c r="M496" s="1" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N496" s="1" t="s">
-        <v>28</v>
+        <v>342</v>
       </c>
       <c r="O496" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="1" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="B497" s="1" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="C497" s="1" t="s">
-        <v>1304</v>
+        <v>39</v>
       </c>
       <c r="D497" s="1" t="s">
-        <v>213</v>
+        <v>18</v>
       </c>
       <c r="E497" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F497" s="1" t="s">
-        <v>81</v>
+        <v>156</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>132</v>
+        <v>41</v>
       </c>
       <c r="H497" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I497" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J497" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K497" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L497" s="1" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
       <c r="M497" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N497" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O497" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="1" t="s">
         <v>1305</v>
       </c>
       <c r="B498" s="1" t="s">
         <v>1306</v>
       </c>
       <c r="C498" s="1" t="s">
         <v>1307</v>
       </c>
       <c r="D498" s="1" t="s">
-        <v>18</v>
+        <v>213</v>
       </c>
       <c r="E498" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F498" s="1" t="s">
-        <v>111</v>
+        <v>81</v>
       </c>
       <c r="G498" s="1" t="s">
         <v>132</v>
       </c>
       <c r="H498" s="1" t="s">
-        <v>71</v>
+        <v>22</v>
       </c>
       <c r="I498" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J498" s="1" t="s">
-        <v>138</v>
+        <v>24</v>
       </c>
       <c r="K498" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L498" s="1" t="s">
-        <v>83</v>
+        <v>26</v>
       </c>
       <c r="M498" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N498" s="1" t="s">
-        <v>342</v>
+        <v>28</v>
       </c>
       <c r="O498" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="1" t="s">
         <v>1308</v>
       </c>
       <c r="B499" s="1" t="s">
         <v>1309</v>
       </c>
       <c r="C499" s="1" t="s">
         <v>1310</v>
       </c>
       <c r="D499" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E499" s="1" t="s">
-        <v>655</v>
+        <v>54</v>
       </c>
       <c r="F499" s="1" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>21</v>
+        <v>132</v>
       </c>
       <c r="H499" s="1" t="s">
         <v>71</v>
       </c>
       <c r="I499" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J499" s="1" t="s">
-        <v>24</v>
+        <v>138</v>
       </c>
       <c r="K499" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L499" s="1" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="M499" s="1" t="s">
-        <v>942</v>
+        <v>27</v>
       </c>
       <c r="N499" s="1" t="s">
-        <v>1311</v>
+        <v>342</v>
       </c>
       <c r="O499" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="1" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B500" s="1" t="s">
         <v>1312</v>
       </c>
-      <c r="B500" s="1" t="s">
+      <c r="C500" s="1" t="s">
         <v>1313</v>
       </c>
-      <c r="C500" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D500" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E500" s="1" t="s">
-        <v>33</v>
+        <v>655</v>
       </c>
       <c r="F500" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G500" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H500" s="1" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="I500" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J500" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K500" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L500" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M500" s="1" t="s">
-        <v>27</v>
+        <v>945</v>
       </c>
       <c r="N500" s="1" t="s">
-        <v>63</v>
+        <v>1314</v>
       </c>
       <c r="O500" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="1" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="B501" s="1" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="C501" s="1" t="s">
-        <v>291</v>
+        <v>60</v>
       </c>
       <c r="D501" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E501" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F501" s="1" t="s">
-        <v>55</v>
+        <v>20</v>
       </c>
       <c r="G501" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H501" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I501" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J501" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="K501" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L501" s="1" t="s">
-        <v>83</v>
+        <v>49</v>
       </c>
       <c r="M501" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N501" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="O501" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="1" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="B502" s="1" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C502" s="1" t="s">
-        <v>747</v>
+        <v>291</v>
       </c>
       <c r="D502" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E502" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F502" s="1" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="G502" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H502" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I502" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J502" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K502" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L502" s="1" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="M502" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N502" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O502" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="1" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="B503" s="1" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C503" s="1" t="s">
-        <v>1320</v>
+        <v>747</v>
       </c>
       <c r="D503" s="1" t="s">
-        <v>528</v>
+        <v>18</v>
       </c>
       <c r="E503" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F503" s="1" t="s">
         <v>70</v>
       </c>
       <c r="G503" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H503" s="1" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="I503" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J503" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K503" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L503" s="1" t="s">
         <v>62</v>
       </c>
       <c r="M503" s="1" t="s">
-        <v>128</v>
+        <v>27</v>
       </c>
       <c r="N503" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O503" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="1" t="s">
         <v>1321</v>
       </c>
       <c r="B504" s="1" t="s">
         <v>1322</v>
       </c>
       <c r="C504" s="1" t="s">
-        <v>60</v>
+        <v>1323</v>
       </c>
       <c r="D504" s="1" t="s">
-        <v>18</v>
+        <v>528</v>
       </c>
       <c r="E504" s="1" t="s">
-        <v>117</v>
+        <v>54</v>
       </c>
       <c r="F504" s="1" t="s">
-        <v>20</v>
+        <v>70</v>
       </c>
       <c r="G504" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H504" s="1" t="s">
-        <v>206</v>
+        <v>66</v>
       </c>
       <c r="I504" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J504" s="1" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="K504" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L504" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="M504" s="1" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="N504" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O504" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="1" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="B505" s="1" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="C505" s="1" t="s">
-        <v>110</v>
+        <v>60</v>
       </c>
       <c r="D505" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E505" s="1" t="s">
-        <v>54</v>
+        <v>117</v>
       </c>
       <c r="F505" s="1" t="s">
-        <v>193</v>
+        <v>20</v>
       </c>
       <c r="G505" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H505" s="1" t="s">
-        <v>22</v>
+        <v>206</v>
       </c>
       <c r="I505" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J505" s="1" t="s">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="K505" s="1" t="s">
         <v>42</v>
       </c>
       <c r="L505" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M505" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N505" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O505" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="1" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="B506" s="1" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="C506" s="1" t="s">
         <v>110</v>
       </c>
       <c r="D506" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E506" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F506" s="1" t="s">
-        <v>40</v>
+        <v>193</v>
       </c>
       <c r="G506" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H506" s="1" t="s">
-        <v>66</v>
+        <v>22</v>
       </c>
       <c r="I506" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J506" s="1" t="s">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="K506" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L506" s="1" t="s">
-        <v>123</v>
+        <v>49</v>
       </c>
       <c r="M506" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N506" s="1" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="O506" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="1" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="B507" s="1" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="C507" s="1" t="s">
-        <v>1329</v>
+        <v>110</v>
       </c>
       <c r="D507" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E507" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F507" s="1" t="s">
         <v>40</v>
       </c>
       <c r="G507" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H507" s="1" t="s">
-        <v>22</v>
+        <v>66</v>
       </c>
       <c r="I507" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J507" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K507" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L507" s="1" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="M507" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N507" s="1" t="s">
         <v>63</v>
       </c>
       <c r="O507" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="1" t="s">
         <v>1330</v>
       </c>
       <c r="B508" s="1" t="s">
         <v>1331</v>
       </c>
       <c r="C508" s="1" t="s">
         <v>1332</v>
       </c>
       <c r="D508" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E508" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F508" s="1" t="s">
-        <v>156</v>
+        <v>40</v>
       </c>
       <c r="G508" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H508" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I508" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J508" s="1" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="K508" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L508" s="1" t="s">
-        <v>62</v>
+        <v>49</v>
       </c>
       <c r="M508" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N508" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="O508" s="1" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="1" t="s">
         <v>1333</v>
       </c>
       <c r="B509" s="1" t="s">
         <v>1334</v>
       </c>
       <c r="C509" s="1" t="s">
         <v>1335</v>
       </c>
       <c r="D509" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E509" s="1" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
       <c r="F509" s="1" t="s">
-        <v>111</v>
+        <v>156</v>
       </c>
       <c r="G509" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H509" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I509" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J509" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="K509" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L509" s="1" t="s">
-        <v>49</v>
+        <v>62</v>
       </c>
       <c r="M509" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N509" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O509" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="1" t="s">
         <v>1336</v>
       </c>
       <c r="B510" s="1" t="s">
-        <v>98</v>
+        <v>1337</v>
       </c>
       <c r="C510" s="1" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="D510" s="1" t="s">
-        <v>101</v>
+        <v>18</v>
       </c>
       <c r="E510" s="1" t="s">
-        <v>54</v>
+        <v>19</v>
       </c>
       <c r="F510" s="1" t="s">
-        <v>896</v>
+        <v>111</v>
       </c>
       <c r="G510" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H510" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I510" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J510" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K510" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L510" s="1" t="s">
-        <v>123</v>
+        <v>49</v>
       </c>
       <c r="M510" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N510" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O510" s="1" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="1" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="B511" s="1" t="s">
-        <v>1339</v>
+        <v>98</v>
       </c>
       <c r="C511" s="1" t="s">
         <v>1340</v>
       </c>
       <c r="D511" s="1" t="s">
-        <v>18</v>
+        <v>101</v>
       </c>
       <c r="E511" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F511" s="1" t="s">
-        <v>111</v>
+        <v>896</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H511" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I511" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J511" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K511" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L511" s="1" t="s">
-        <v>83</v>
+        <v>123</v>
       </c>
       <c r="M511" s="1" t="s">
-        <v>1341</v>
+        <v>27</v>
       </c>
       <c r="N511" s="1" t="s">
-        <v>1342</v>
+        <v>28</v>
       </c>
       <c r="O511" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="1" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B512" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C512" s="1" t="s">
         <v>1343</v>
-      </c>
-[...4 lines deleted...]
-        <v>1120</v>
       </c>
       <c r="D512" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E512" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F512" s="1" t="s">
-        <v>1121</v>
+        <v>111</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>132</v>
+        <v>41</v>
       </c>
       <c r="H512" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I512" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J512" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K512" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L512" s="1" t="s">
-        <v>26</v>
+        <v>83</v>
       </c>
       <c r="M512" s="1" t="s">
-        <v>95</v>
+        <v>1344</v>
       </c>
       <c r="N512" s="1" t="s">
-        <v>88</v>
+        <v>1345</v>
       </c>
       <c r="O512" s="1" t="s">
-        <v>383</v>
+        <v>43</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="1" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="B513" s="1" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="C513" s="1" t="s">
-        <v>79</v>
+        <v>1123</v>
       </c>
       <c r="D513" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E513" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F513" s="1" t="s">
-        <v>193</v>
+        <v>1124</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>41</v>
+        <v>132</v>
       </c>
       <c r="H513" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I513" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J513" s="1" t="s">
         <v>57</v>
       </c>
       <c r="K513" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L513" s="1" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="M513" s="1" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="N513" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O513" s="1" t="s">
-        <v>36</v>
+        <v>383</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="1" t="s">
-        <v>1347</v>
+        <v>1348</v>
       </c>
       <c r="B514" s="1" t="s">
-        <v>98</v>
+        <v>1349</v>
       </c>
       <c r="C514" s="1" t="s">
-        <v>1348</v>
+        <v>79</v>
       </c>
       <c r="D514" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E514" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F514" s="1" t="s">
-        <v>669</v>
+        <v>193</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H514" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I514" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J514" s="1" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="K514" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L514" s="1" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="M514" s="1" t="s">
-        <v>27</v>
+        <v>98</v>
       </c>
       <c r="N514" s="1" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="O514" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="1" t="s">
-        <v>1349</v>
+        <v>1350</v>
       </c>
       <c r="B515" s="1" t="s">
         <v>98</v>
       </c>
       <c r="C515" s="1" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="D515" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E515" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F515" s="1" t="s">
-        <v>111</v>
+        <v>669</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H515" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I515" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J515" s="1" t="s">
-        <v>138</v>
+        <v>24</v>
       </c>
       <c r="K515" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L515" s="1" t="s">
-        <v>123</v>
+        <v>26</v>
       </c>
       <c r="M515" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N515" s="1" t="s">
         <v>63</v>
       </c>
       <c r="O515" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="1" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="B516" s="1" t="s">
-        <v>1352</v>
+        <v>98</v>
       </c>
       <c r="C516" s="1" t="s">
-        <v>230</v>
+        <v>1353</v>
       </c>
       <c r="D516" s="1" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="E516" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F516" s="1" t="s">
-        <v>81</v>
+        <v>111</v>
       </c>
       <c r="G516" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H516" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I516" s="1" t="s">
-        <v>233</v>
+        <v>56</v>
       </c>
       <c r="J516" s="1" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="K516" s="1" t="s">
-        <v>171</v>
+        <v>25</v>
       </c>
       <c r="L516" s="1" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="M516" s="1" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="N516" s="1" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="O516" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="1" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="B517" s="1" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="C517" s="1" t="s">
-        <v>398</v>
+        <v>230</v>
       </c>
       <c r="D517" s="1" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="E517" s="1" t="s">
-        <v>117</v>
+        <v>54</v>
       </c>
       <c r="F517" s="1" t="s">
-        <v>111</v>
+        <v>81</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H517" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I517" s="1" t="s">
-        <v>23</v>
+        <v>233</v>
       </c>
       <c r="J517" s="1" t="s">
-        <v>57</v>
+        <v>93</v>
       </c>
       <c r="K517" s="1" t="s">
-        <v>25</v>
+        <v>171</v>
       </c>
       <c r="L517" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M517" s="1" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="N517" s="1" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="O517" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="1" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="B518" s="1" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C518" s="1" t="s">
-        <v>145</v>
+        <v>398</v>
       </c>
       <c r="D518" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E518" s="1" t="s">
-        <v>54</v>
+        <v>117</v>
       </c>
       <c r="F518" s="1" t="s">
-        <v>146</v>
+        <v>111</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H518" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I518" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J518" s="1" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="K518" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L518" s="1" t="s">
-        <v>123</v>
+        <v>49</v>
       </c>
       <c r="M518" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N518" s="1" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="O518" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="1" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="B519" s="1" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="C519" s="1" t="s">
-        <v>1359</v>
+        <v>145</v>
       </c>
       <c r="D519" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E519" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F519" s="1" t="s">
-        <v>111</v>
+        <v>146</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H519" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I519" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J519" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="K519" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L519" s="1" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="M519" s="1" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="N519" s="1" t="s">
-        <v>88</v>
+        <v>28</v>
       </c>
       <c r="O519" s="1" t="s">
-        <v>189</v>
+        <v>36</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="1" t="s">
         <v>1360</v>
       </c>
       <c r="B520" s="1" t="s">
-        <v>98</v>
+        <v>1361</v>
       </c>
       <c r="C520" s="1" t="s">
-        <v>110</v>
+        <v>1362</v>
       </c>
       <c r="D520" s="1" t="s">
-        <v>169</v>
+        <v>18</v>
       </c>
       <c r="E520" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F520" s="1" t="s">
-        <v>20</v>
+        <v>111</v>
       </c>
       <c r="G520" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H520" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I520" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J520" s="1" t="s">
-        <v>75</v>
+        <v>24</v>
       </c>
       <c r="K520" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L520" s="1" t="s">
-        <v>123</v>
+        <v>35</v>
       </c>
       <c r="M520" s="1" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="N520" s="1" t="s">
-        <v>63</v>
+        <v>88</v>
       </c>
       <c r="O520" s="1" t="s">
-        <v>36</v>
+        <v>189</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="1" t="s">
-        <v>1361</v>
+        <v>1363</v>
       </c>
       <c r="B521" s="1" t="s">
-        <v>1362</v>
+        <v>98</v>
       </c>
       <c r="C521" s="1" t="s">
-        <v>1363</v>
+        <v>110</v>
       </c>
       <c r="D521" s="1" t="s">
-        <v>18</v>
+        <v>169</v>
       </c>
       <c r="E521" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F521" s="1" t="s">
-        <v>111</v>
+        <v>20</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H521" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I521" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J521" s="1" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="K521" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L521" s="1" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="M521" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N521" s="1" t="s">
         <v>63</v>
       </c>
       <c r="O521" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="1" t="s">
         <v>1364</v>
       </c>
       <c r="B522" s="1" t="s">
         <v>1365</v>
       </c>
       <c r="C522" s="1" t="s">
-        <v>60</v>
+        <v>1366</v>
       </c>
       <c r="D522" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E522" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F522" s="1" t="s">
-        <v>55</v>
+        <v>111</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H522" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I522" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J522" s="1" t="s">
-        <v>75</v>
+        <v>57</v>
       </c>
       <c r="K522" s="1" t="s">
         <v>25</v>
       </c>
       <c r="L522" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M522" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N522" s="1" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="O522" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="1" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="B523" s="1" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="C523" s="1" t="s">
-        <v>1368</v>
+        <v>60</v>
       </c>
       <c r="D523" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E523" s="1" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="F523" s="1" t="s">
-        <v>334</v>
+        <v>55</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H523" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I523" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J523" s="1" t="s">
-        <v>24</v>
+        <v>75</v>
       </c>
       <c r="K523" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L523" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M523" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N523" s="1" t="s">
         <v>88</v>
       </c>
       <c r="O523" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="1" t="s">
         <v>1369</v>
       </c>
       <c r="B524" s="1" t="s">
-        <v>98</v>
+        <v>1370</v>
       </c>
       <c r="C524" s="1" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="D524" s="1" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="E524" s="1" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="F524" s="1" t="s">
-        <v>55</v>
+        <v>334</v>
       </c>
       <c r="G524" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H524" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I524" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J524" s="1" t="s">
-        <v>120</v>
+        <v>24</v>
       </c>
       <c r="K524" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L524" s="1" t="s">
         <v>49</v>
       </c>
       <c r="M524" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N524" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O524" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="1" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="B525" s="1" t="s">
-        <v>1372</v>
+        <v>98</v>
       </c>
       <c r="C525" s="1" t="s">
-        <v>106</v>
+        <v>1373</v>
       </c>
       <c r="D525" s="1" t="s">
-        <v>18</v>
+        <v>80</v>
       </c>
       <c r="E525" s="1" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="F525" s="1" t="s">
         <v>55</v>
       </c>
       <c r="G525" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H525" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I525" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J525" s="1" t="s">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="K525" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L525" s="1" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
       <c r="M525" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N525" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O525" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="1" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="B526" s="1" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="C526" s="1" t="s">
-        <v>217</v>
+        <v>106</v>
       </c>
       <c r="D526" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E526" s="1" t="s">
-        <v>218</v>
+        <v>54</v>
       </c>
       <c r="F526" s="1" t="s">
-        <v>20</v>
+        <v>55</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>132</v>
+        <v>21</v>
       </c>
       <c r="H526" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I526" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J526" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K526" s="1" t="s">
         <v>34</v>
       </c>
       <c r="L526" s="1" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
       <c r="M526" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N526" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O526" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="1" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="B527" s="1" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="C527" s="1" t="s">
-        <v>60</v>
+        <v>217</v>
       </c>
       <c r="D527" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E527" s="1" t="s">
-        <v>54</v>
+        <v>218</v>
       </c>
       <c r="F527" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>41</v>
+        <v>132</v>
       </c>
       <c r="H527" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I527" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J527" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K527" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L527" s="1" t="s">
-        <v>62</v>
+        <v>26</v>
       </c>
       <c r="M527" s="1" t="s">
-        <v>84</v>
+        <v>27</v>
       </c>
       <c r="N527" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O527" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="1" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="B528" s="1" t="s">
-        <v>98</v>
+        <v>1379</v>
       </c>
       <c r="C528" s="1" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="D528" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E528" s="1" t="s">
-        <v>117</v>
+        <v>54</v>
       </c>
       <c r="F528" s="1" t="s">
-        <v>70</v>
+        <v>20</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H528" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I528" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J528" s="1" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="K528" s="1" t="s">
-        <v>171</v>
+        <v>42</v>
       </c>
       <c r="L528" s="1" t="s">
         <v>62</v>
       </c>
       <c r="M528" s="1" t="s">
-        <v>27</v>
+        <v>84</v>
       </c>
       <c r="N528" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O528" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="1" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="B529" s="1" t="s">
-        <v>1379</v>
+        <v>98</v>
       </c>
       <c r="C529" s="1" t="s">
-        <v>110</v>
+        <v>39</v>
       </c>
       <c r="D529" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E529" s="1" t="s">
-        <v>54</v>
+        <v>117</v>
       </c>
       <c r="F529" s="1" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="G529" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H529" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I529" s="1" t="s">
         <v>56</v>
       </c>
       <c r="J529" s="1" t="s">
-        <v>57</v>
+        <v>138</v>
       </c>
       <c r="K529" s="1" t="s">
-        <v>42</v>
+        <v>171</v>
       </c>
       <c r="L529" s="1" t="s">
-        <v>123</v>
+        <v>62</v>
       </c>
       <c r="M529" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N529" s="1" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="O529" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="1" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="B530" s="1" t="s">
-        <v>98</v>
+        <v>1382</v>
       </c>
       <c r="C530" s="1" t="s">
-        <v>79</v>
+        <v>110</v>
       </c>
       <c r="D530" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E530" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F530" s="1" t="s">
-        <v>111</v>
+        <v>61</v>
       </c>
       <c r="G530" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H530" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I530" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J530" s="1" t="s">
-        <v>93</v>
+        <v>57</v>
       </c>
       <c r="K530" s="1" t="s">
         <v>42</v>
       </c>
       <c r="L530" s="1" t="s">
-        <v>49</v>
+        <v>123</v>
       </c>
       <c r="M530" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N530" s="1" t="s">
         <v>63</v>
       </c>
       <c r="O530" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="1" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="B531" s="1" t="s">
-        <v>1382</v>
+        <v>98</v>
       </c>
       <c r="C531" s="1" t="s">
-        <v>328</v>
+        <v>79</v>
       </c>
       <c r="D531" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E531" s="1" t="s">
-        <v>19</v>
+        <v>54</v>
       </c>
       <c r="F531" s="1" t="s">
         <v>111</v>
       </c>
       <c r="G531" s="1" t="s">
         <v>41</v>
       </c>
       <c r="H531" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I531" s="1" t="s">
-        <v>1203</v>
+        <v>23</v>
       </c>
       <c r="J531" s="1" t="s">
-        <v>24</v>
+        <v>93</v>
       </c>
       <c r="K531" s="1" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="L531" s="1" t="s">
-        <v>123</v>
+        <v>49</v>
       </c>
       <c r="M531" s="1" t="s">
-        <v>358</v>
+        <v>27</v>
       </c>
       <c r="N531" s="1" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
       <c r="O531" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="1" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="B532" s="1" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="C532" s="1" t="s">
-        <v>98</v>
+        <v>328</v>
       </c>
       <c r="D532" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E532" s="1" t="s">
-        <v>235</v>
+        <v>19</v>
       </c>
       <c r="F532" s="1" t="s">
-        <v>55</v>
+        <v>111</v>
       </c>
       <c r="G532" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H532" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I532" s="1" t="s">
-        <v>23</v>
+        <v>1206</v>
       </c>
       <c r="J532" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K532" s="1" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="L532" s="1" t="s">
-        <v>107</v>
+        <v>123</v>
       </c>
       <c r="M532" s="1" t="s">
-        <v>27</v>
+        <v>358</v>
       </c>
       <c r="N532" s="1" t="s">
-        <v>28</v>
+        <v>88</v>
       </c>
       <c r="O532" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="1" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="B533" s="1" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="C533" s="1" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="D533" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E533" s="1" t="s">
         <v>235</v>
       </c>
       <c r="F533" s="1" t="s">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="G533" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H533" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I533" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J533" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K533" s="1" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L533" s="1" t="s">
-        <v>26</v>
+        <v>107</v>
       </c>
       <c r="M533" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N533" s="1" t="s">
         <v>28</v>
       </c>
       <c r="O533" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="1" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="B534" s="1" t="s">
-        <v>1388</v>
+        <v>1389</v>
       </c>
       <c r="C534" s="1" t="s">
-        <v>230</v>
+        <v>60</v>
       </c>
       <c r="D534" s="1" t="s">
         <v>18</v>
       </c>
       <c r="E534" s="1" t="s">
-        <v>47</v>
+        <v>235</v>
       </c>
       <c r="F534" s="1" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="G534" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H534" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I534" s="1" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="J534" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K534" s="1" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L534" s="1" t="s">
-        <v>49</v>
+        <v>26</v>
       </c>
       <c r="M534" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N534" s="1" t="s">
-        <v>63</v>
+        <v>28</v>
       </c>
       <c r="O534" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="1" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="B535" s="1" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="C535" s="1" t="s">
-        <v>1391</v>
+        <v>230</v>
       </c>
       <c r="D535" s="1" t="s">
-        <v>169</v>
+        <v>18</v>
       </c>
       <c r="E535" s="1" t="s">
-        <v>54</v>
+        <v>47</v>
       </c>
       <c r="F535" s="1" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="G535" s="1" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="H535" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I535" s="1" t="s">
-        <v>23</v>
+        <v>56</v>
       </c>
       <c r="J535" s="1" t="s">
         <v>24</v>
       </c>
       <c r="K535" s="1" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="L535" s="1" t="s">
-        <v>133</v>
+        <v>49</v>
       </c>
       <c r="M535" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N535" s="1" t="s">
-        <v>202</v>
+        <v>63</v>
       </c>
       <c r="O535" s="1" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="1" t="s">
         <v>1392</v>
       </c>
       <c r="B536" s="1" t="s">
         <v>1393</v>
       </c>
       <c r="C536" s="1" t="s">
         <v>1394</v>
       </c>
       <c r="D536" s="1" t="s">
-        <v>18</v>
+        <v>169</v>
       </c>
       <c r="E536" s="1" t="s">
         <v>54</v>
       </c>
       <c r="F536" s="1" t="s">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="G536" s="1" t="s">
         <v>21</v>
       </c>
       <c r="H536" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I536" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J536" s="1" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="K536" s="1" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="L536" s="1" t="s">
-        <v>49</v>
+        <v>133</v>
       </c>
       <c r="M536" s="1" t="s">
         <v>27</v>
       </c>
       <c r="N536" s="1" t="s">
-        <v>63</v>
+        <v>202</v>
       </c>
       <c r="O536" s="1" t="s">
-        <v>36</v>
+        <v>29</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="1" t="s">
         <v>1395</v>
       </c>
       <c r="B537" s="1" t="s">
         <v>1396</v>
       </c>
       <c r="C537" s="1" t="s">
         <v>1397</v>
       </c>
       <c r="D537" s="1" t="s">
-        <v>80</v>
+        <v>18</v>
       </c>
       <c r="E537" s="1" t="s">
-        <v>33</v>
+        <v>54</v>
       </c>
       <c r="F537" s="1" t="s">
-        <v>156</v>
+        <v>20</v>
       </c>
       <c r="G537" s="1" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="H537" s="1" t="s">
         <v>22</v>
       </c>
       <c r="I537" s="1" t="s">
         <v>23</v>
       </c>
       <c r="J537" s="1" t="s">
-        <v>138</v>
+        <v>57</v>
       </c>
       <c r="K537" s="1" t="s">
         <v>42</v>
       </c>
       <c r="L537" s="1" t="s">
-        <v>26</v>
+        <v>49</v>
       </c>
       <c r="M537" s="1" t="s">
-        <v>98</v>
+        <v>27</v>
       </c>
       <c r="N537" s="1" t="s">
         <v>63</v>
       </c>
       <c r="O537" s="1" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="540">
-      <c r="A540" s="3" t="s">
+    <row r="538">
+      <c r="A538" s="1" t="s">
         <v>1398</v>
+      </c>
+      <c r="B538" s="1" t="s">
+        <v>1399</v>
+      </c>
+      <c r="C538" s="1" t="s">
+        <v>1400</v>
+      </c>
+      <c r="D538" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="E538" s="1" t="s">
+        <v>33</v>
+      </c>
+      <c r="F538" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="G538" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="H538" s="1" t="s">
+        <v>22</v>
+      </c>
+      <c r="I538" s="1" t="s">
+        <v>23</v>
+      </c>
+      <c r="J538" s="1" t="s">
+        <v>138</v>
+      </c>
+      <c r="K538" s="1" t="s">
+        <v>42</v>
+      </c>
+      <c r="L538" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="M538" s="1" t="s">
+        <v>98</v>
+      </c>
+      <c r="N538" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="O538" s="1" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" s="3" t="s">
+        <v>1401</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>